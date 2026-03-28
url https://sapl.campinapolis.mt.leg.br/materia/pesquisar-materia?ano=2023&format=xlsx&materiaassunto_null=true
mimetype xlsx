--- v0 (2025-12-28)
+++ v1 (2026-03-28)
@@ -51,999 +51,999 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/2/decreto_legislativo_no_251-2023_ref._contas_2021_1.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/2/decreto_legislativo_no_251-2023_ref._contas_2021_1.pdf</t>
   </si>
   <si>
     <t>APRECIA AS CONTAS DE GOVERNO DA PREFEITURA MUNICIPAL DE_x000D_
 CAMPINAPOLIS/MT, REFERENTE AO EXERCÍCIO DE 2021, SOB GESTÃO DO Sr. JOSÉ BUENO VILELA E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>Plenário</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/243/dec_legislativo_n_252_-_titulo_renato_.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/243/dec_legislativo_n_252_-_titulo_renato_.pdf</t>
   </si>
   <si>
     <t>"Concede Título Honorífico de Cidadão Campinapolense ao senhor "Renato Oliveira Silva"</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/244/dec_legislativo_n_253_-_titulo_denize_.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/244/dec_legislativo_n_253_-_titulo_denize_.pdf</t>
   </si>
   <si>
     <t>"Concede Título Honorífico de Cidadão Campinapolense a senhora "Denize Lopes Borges".</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>Antonio Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/245/dec_legislativo_n_254_-_titulo_jose_fleuri_.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/245/dec_legislativo_n_254_-_titulo_jose_fleuri_.pdf</t>
   </si>
   <si>
     <t>"Concede Título Honorífico de Cidadão Campinapolense ao senhor "Jose Fleuri Tobias Pedro".</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>Rozangela Raquel de Souza Lopes</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/246/dec_legislativo_n_255_-_titulo_roberto_.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/246/dec_legislativo_n_255_-_titulo_roberto_.pdf</t>
   </si>
   <si>
     <t>"Concede Título Honorífico de Cidadão Campinapolense ao senhor "Roberto Arroio Farinhazzo".</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/247/dec_legislativo_n_256_-_titulo_carlos_.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/247/dec_legislativo_n_256_-_titulo_carlos_.pdf</t>
   </si>
   <si>
     <t>"Concede Título Honorífico de Cidadão Campinapolense ao senhor "Carlos Eduardo Souza dos Santos".</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/248/dec_legislativo_n_257_-_titulo_adilson_.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/248/dec_legislativo_n_257_-_titulo_adilson_.pdf</t>
   </si>
   <si>
     <t>"Concede Título Honorífico de Cidadão Campinapolense ao senhor "Adailson Rosa Pereira".</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/269/dec_legislativo_n_258_-_titulo_orieber_gomes_costa_000169.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/269/dec_legislativo_n_258_-_titulo_orieber_gomes_costa_000169.pdf</t>
   </si>
   <si>
     <t>Concede Título Honorífico de Cidadã Campinapolense ao Senhor "Oriéber Gomes Costa"</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/270/dec_legislativo_n_259_-_titulo_valdimara_brito_000168.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/270/dec_legislativo_n_259_-_titulo_valdimara_brito_000168.pdf</t>
   </si>
   <si>
     <t>Concede Título Honorífico de Cidadã Campinapolense a Senhora "Valdimara Brito"</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/271/dec_legislativo_n_260_-_titulo_adraino_bernardi_cavalheri_000167.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/271/dec_legislativo_n_260_-_titulo_adraino_bernardi_cavalheri_000167.pdf</t>
   </si>
   <si>
     <t>Concede Título Honorífico de Cidadã Campinapolense a Senhora "Adriano Bernardi Cavalheri".</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/272/dec_legislativo_n_261_-_aprecia_contas_de_governo_referente_ao_exercicio_de_2022-gestao_jose_bueno_000170.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/272/dec_legislativo_n_261_-_aprecia_contas_de_governo_referente_ao_exercicio_de_2022-gestao_jose_bueno_000170.pdf</t>
   </si>
   <si>
     <t>Aprecia as Contas de Governo da prefeitura Municipal de Campinápolis-MT, Referente ao Exercício de 2022, sob Gestão do Sr. José Bueno Vilela e dá Outras Providências".</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Sérgio Silvestre Ferreira (Vereador Serjão)</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/3/ind_01-23_-_sergio_construcao_ciclovia_e_pista_de_caminhada.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/3/ind_01-23_-_sergio_construcao_ciclovia_e_pista_de_caminhada.pdf</t>
   </si>
   <si>
     <t>Indica ao prefeito José Bueno e ao Secretário de Obras a necessidade da construção de uma ciclovia e pista de caminhada na saída de Campinápolis para Nova Xavantina</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Gininho Tseredzapriwê Tsibo''Oopré''</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/4/ind_02-23_-_gininho_reforma_escola_imaculada.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/4/ind_02-23_-_gininho_reforma_escola_imaculada.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito Jose Bueno e ao Secretário de Obras a necessidade de reforma da Escola Indígena Municipal Imaculada Conceição na aldeia São Pedro</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/5/ind_03-23_-_gininho_construcao_quadra_esporte.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/5/ind_03-23_-_gininho_construcao_quadra_esporte.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal Jose Bueno e ao secretário de Esporte a necessidade construção de uma Quadra Esportiva nas Aldeias Campos Belos, são Pedro e Bom Jesus da Lapa</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Celiomar Piaba Bento, José Bento Filho, Mauro Renato Soares</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/6/ind_04-23_-_jose_celimar_mauro-_bueiro_com_manilhas.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/6/ind_04-23_-_jose_celimar_mauro-_bueiro_com_manilhas.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal Jose Bueno e ao Secretário de Obras a necessidade implantação bueiro com Manilha e fazer o encabeçamento na estrada localizada no trecho próximo a Mirele e Francisco (antiga fazenda do Warlei)</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/7/ind_05-23_-_jose_celimar_mauro_encabecamento_manilhas.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/7/ind_05-23_-_jose_celimar_mauro_encabecamento_manilhas.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal Jose Bueno e ao Secretário de Obras a necessidade encabeçamento de manilhas, Trecho próximo ao Senhor Celiomar Piaba Bento região Linhão Jose Divino</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>José Bento Filho, Celiomar Piaba Bento, Mauro Renato Soares</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/8/ind_06-23_-_jose_celimar_mauro_-_substituir_ponte_por_manilhas.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/8/ind_06-23_-_jose_celimar_mauro_-_substituir_ponte_por_manilhas.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal Jose Bueno e ao Secretário de Obras a necessidade Substituir a ponte de madeira por manilhas de 1,5 metros, sendo 14 manilhas, 7 de cada lado no trecho do Mauri filho do finado Zé Abelio</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/9/ind_07-23_-_jose_celimar_mauro_manilhas.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/9/ind_07-23_-_jose_celimar_mauro_manilhas.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal Jose Bueno e ao Secretário de Obras a necessidade Substituir 7 manilhas para manilhas de_x000D_
 1,2 metros e fazer encabeçamento na  Propriedade Celio próximo ao Paulo Cezar extensão Córrego Seco.</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/10/ind_08-23_-_jose_celimar_mauro_-_manilhas.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/10/ind_08-23_-_jose_celimar_mauro_-_manilhas.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal Jose Bueno e ao Secretário de Obras a necessidade Substituir 7 manilhas para manilhas de 1,2 metros e fazer encabeçamento Propriedade Divino branco, extensão do córrego seco, próximo a fazenda do Geraldo Mundial.</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/11/ind_09-23_-_jose_celimar_mauro_janaina__riva.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/11/ind_09-23_-_jose_celimar_mauro_janaina__riva.pdf</t>
   </si>
   <si>
     <t>Indica a Deputada Estadual Janaina Riva a necessidade perfuração de um pogo Artesiano na Aldeia Três Reis Magos que conta com mais 50 indígenas que necessitam buscar agua a mais de 1 quilometro de distância da aldeia S.14.40,276°, W,052.88,710</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Azevedo Onésimo Waamate Tserebuto</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/12/ind_10-23_-_azevedoreforma_escola_aldeia_campinas.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/12/ind_10-23_-_azevedoreforma_escola_aldeia_campinas.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal Jose Bueno e ao Secretário de Obras a necessidade reforma geral na Escola Municipal indígena na Aldeia Campinas</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/13/ind_11-23_-_azevedo_-construcao_de_escola.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/13/ind_11-23_-_azevedo_-construcao_de_escola.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal Jose Bueno e ao Secretario de Obras a construção de EscolaMunicipal indígenas na aldeia Estrela</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/14/ind_12-2023_-_b_m_e_z_-dep_jana_e_senador_interceda_junto_energisa_.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/14/ind_12-2023_-_b_m_e_z_-dep_jana_e_senador_interceda_junto_energisa_.pdf</t>
   </si>
   <si>
     <t>Indica a Deputada Estadual Janaina Riva e ao Senador Welington Fagundes, a necessidade de interceder em conjunto Empresa Energisa de Mato Grosso, para que seja Implantado energia elétrica na Aldeia Corpos de Cristo.</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/15/ind_13-2023_-_b__m_e_z-dep_jana_e_wellington_-_energia_aldeia_sao_benedito.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/15/ind_13-2023_-_b__m_e_z-dep_jana_e_wellington_-_energia_aldeia_sao_benedito.pdf</t>
   </si>
   <si>
     <t>Indica a Deputada Estadual Janaina Riva e ao Senador Welington Fagundes, a necessidade de interceder em conjunto Empresa Energisa de Mato Grosso, para que seja Implantado energia elétrica na Aldeia Sao Benedito.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/16/ind_14-2023_-_b__m_e_z-_dep_jana_e_wellington_-_patrulha_nova_paz.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/16/ind_14-2023_-_b__m_e_z-_dep_jana_e_wellington_-_patrulha_nova_paz.pdf</t>
   </si>
   <si>
     <t>Indica a Deputada Estadual Janaina Riva e ao Senador Welington Fagundes, a necessidade de interceder junto ao secretário de Agricultura do Estado de Mato Grosso, para aquisição de uma_x000D_
 patrulha agrícola destinada a Associação de Pequenos Produtores Rurais Nova Paz.</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/17/ind_15-2023_-_b_m_e_z_-dep._jana_e_wellington_-_patrulha_santa_cruz_.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/17/ind_15-2023_-_b_m_e_z_-dep._jana_e_wellington_-_patrulha_santa_cruz_.pdf</t>
   </si>
   <si>
     <t>Indica a Deputada Estadual Janaina Riva e ao Senador Welington Fagundes, a necessidade de interceder junto ao secretário de Agricultura do Estado de Mato Grosso, para aquisição de uma_x000D_
 patrulha agrícola destinada a Associação de Pequenos Produtores Rurais P.A Santa Cruz.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/18/ind_16-2023_-_raquel_-dep._max_emenda_um_milhao_.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/18/ind_16-2023_-_raquel_-dep._max_emenda_um_milhao_.pdf</t>
   </si>
   <si>
     <t>Indica ao Deputado Estadual Max Russi, que seja viabilizado recursos financeiros no valor de R$ 1.000.000(Um Milhão de reais) através de Emenda Parlamentar.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/19/ind_17-2023_-_b_m_e_z_-dep._jana_emenda_.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/19/ind_17-2023_-_b_m_e_z_-dep._jana_emenda_.pdf</t>
   </si>
   <si>
     <t>Indica a Deputada Estadual Janaina Riva que seja viabilizado recursos financeiros no valor de R$ 800.000,00 (Oitocentos mil reais) através de Emenda Parlamentar destinada a Construção um Novo Prédio para Destacamento Policial em Campinápolis-MT.</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/20/ind_18-2023_-_m__b_e_z_-dep._jana_emenda_.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/20/ind_18-2023_-_m__b_e_z_-dep._jana_emenda_.pdf</t>
   </si>
   <si>
     <t>Indica a Deputada Estadual Janaina Riva que seja viabilizado recursos financeiros no valor de R$ 1.000.000,00 (Um milhão de_x000D_
 reais) através de Emenda Parlamentar destinada a Construção Centro de Atenção Psicossocial prédio (CAPS) e Prédio Centro de Reabilitação de Fisioterapia de CampinApolis- MT.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/21/ind_19-2023_reforma_ponte_aldeia_coab.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/21/ind_19-2023_reforma_ponte_aldeia_coab.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Sr. Jose Bueno, Secretário de Obras a necessidade de reforma da Ponte na aldeia COHAB.</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/22/ind_20-2023_sergio-_uti_movel.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/22/ind_20-2023_sergio-_uti_movel.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal Jose Bueno, Deputado Federal Fabio Garcia e a Secretária de Saúde a necessidade UTI móvel para fazer transporte dos pacientes de alto risco em emergência no Município de CampinApolis.</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/23/ind_21-23_-_azevedo_construcao_de_escola_aldeinha_.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/23/ind_21-23_-_azevedo_construcao_de_escola_aldeinha_.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal Jose Bueno e ao Secretário de Obras a construção de uma Escola Municipal indígena na Aldeia Aldeinha</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/24/ind_22-23_-_sergio_-_reparo_boca_de_lopo_manilha_.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/24/ind_22-23_-_sergio_-_reparo_boca_de_lopo_manilha_.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal  Jose Bueno e ao Secretário de Infraestrutura a necessidade de realizar reparo nas Bocas de Lobo e_x000D_
 manilhas na rua Ceara, rua Paraiba e nas galerias_x000D_
 Pluvial</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/25/ind._23-23_sergio_-_estacionamento_creche.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/25/ind._23-23_sergio_-_estacionamento_creche.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal Jose Bueno e ao Secretário de Infraestrutura a necessidade de realizar remanejamento do_x000D_
 estacionamento creche municipal</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/26/ind._24-23_sergio-_botoa_do_panico.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/26/ind._24-23_sergio-_botoa_do_panico.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal Jose Bueno a necessidade de_x000D_
 implantação de sistema de emergencial para acionamento de_x000D_
 botão de pânico nas escolas do município de Campinápolis</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/27/ind._25-23_sergio-_automacao_para_hospital_e_usb.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/27/ind._25-23_sergio-_automacao_para_hospital_e_usb.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal Jose Bueno e a secretaria de_x000D_
 saúde Implantação de sistema de automação de automação para o_x000D_
 Hospital e as UBS do Município de Campinapolis</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Antonio Rodrigues, Rozangela Raquel de Souza Lopes</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/29/ind._26-23_raquel-porta_giratorias_e_detectores_metais.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/29/ind._26-23_raquel-porta_giratorias_e_detectores_metais.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal Jose Bueno e a secretaria Municipal de Educação a instalação de Portas Giratórias com detetores de metal e_x000D_
 realizar contratação empresa especializada dc segurança privada para proteção dos alunos das escolas do Município de Campinápolis</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/30/ind._27-23_antonio-_energisa.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/30/ind._27-23_antonio-_energisa.pdf</t>
   </si>
   <si>
     <t>Indica ao Deputado Federal Emanuel Pinheiro Neto a necessidade de interceder em conjunto Empresa Energisa de Mato Grosso, para que seja Implantado energia elétrica nas Aldeias 10 mandamentos, Madre Laura, São Benedito, Rio Maria, Santa Rita e Kairos</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/31/ind._28-23_antonio_-const_100_casas_populares.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/31/ind._28-23_antonio_-const_100_casas_populares.pdf</t>
   </si>
   <si>
     <t>Indica ao Deputado Federal Emanuel Pinheiro Neto a necessidade construção de 100 casas Populares para as famílias de baixa renda do Município de Campinápolis.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Valto Alves da Silva (Valto Nica)</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/32/ind._29-23_valto_-empresa_de_reciclagem_.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/32/ind._29-23_valto_-empresa_de_reciclagem_.pdf</t>
   </si>
   <si>
     <t>Indico ao Prefeito Municipal e ao secretario de obras, a necessidade de parceria com empresa especializada em Reciclagem de lixo no Municipio</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/33/ind._30-23_valto_-_1_dama_estado_cobertores_.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/33/ind._30-23_valto_-_1_dama_estado_cobertores_.pdf</t>
   </si>
   <si>
     <t>Indico a Excelentíssima Primeira Dama do Estado Mato Grosso Virginia Mendes a doação de Cobertores e agasalhos para comunidade Indígena do Município de Campinápolis</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/34/ind._31-23_sergio-_recuperacao_das_estradas_vicinais.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/34/ind._31-23_sergio-_recuperacao_das_estradas_vicinais.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal  Jose Bueno e ao secretário  de Obras a necessidade de recuperação  das estradas Vicinais e pontes da Area indígena do municipio de Campinápolis.</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/35/ind._32-23_sergio-_sinalizacao_de_transito.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/35/ind._32-23_sergio-_sinalizacao_de_transito.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal Jose Bueno e ao Secretário de Infraestrutura a necessidade sejam tomadas as devidas providencias em relação a sinalização de transito de todo município de Campinápolis- MT.</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/36/ind._33-23_antonio-_ponte_concretio_sentido_rodrigo_bueno.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/36/ind._33-23_antonio-_ponte_concretio_sentido_rodrigo_bueno.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal Jose Bueno e ao secretário de infraestrutura a necessidade de substituir a ponte de madeira do_x000D_
 Rio Piau sentido Rodrigo Bueno fazendo a substituição por uma ponte de Concreto</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/37/ind._34-23_antonio-_ponnte_concreto_proximo_sogro_birro.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/37/ind._34-23_antonio-_ponnte_concreto_proximo_sogro_birro.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal Jose Bueno e ao secretário de infraestrutura a necessidade de substituir a ponte de madeira sentido cinco estrela próximo senhor Jose Francisco por uma ponte concreto</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/38/ind._35-23_antonio-_emenda_ciclovia.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/38/ind._35-23_antonio-_emenda_ciclovia.pdf</t>
   </si>
   <si>
     <t>Indica ao Deputado Emanuel Pinheiro que seja viabilizado recursos financeiros no valor de R$ 1.600.000(Um Milhão e seiscentos reais) através de Emenda Parlamentar para construgao da Ciclovia no Município de Campinápolis.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/39/ind._36-23_sergio_-_emenda_quinatl_comunitario.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/39/ind._36-23_sergio_-_emenda_quinatl_comunitario.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Jose Bueno , e ao Secretário de Agricultura do Município que seja viabilizado recursos financeiros através de_x000D_
 Emenda Parlamentar para implantar Projeto Quintais Produtivos na_x000D_
 reserva indígena do município de Campinápolis</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal Jose Bueno a necessidade de implantagão de programa social "Alimenta Cão", buscando o bem estar dos animais em situação de abandono no Municipio</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/113/indicacao_no_50-_ver-_sergio-_iluminacao_publica-_aprovado_000110.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/113/indicacao_no_50-_ver-_sergio-_iluminacao_publica-_aprovado_000110.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal Jose Bueno e ao Secretário de Obras a necessidade de manutenção na iluminação das Av. Flávio Ferreira, Benone Jose Lourenço e Av. Nego Carrim do Municipio</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/114/indicacao_no_51-_ver-_sergio-_patrolamento-cascalhamento-_aprovado_000111.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/114/indicacao_no_51-_ver-_sergio-_patrolamento-cascalhamento-_aprovado_000111.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal Jose Bueno e ao Secretário de Obras a necessidade de patrolamento/cascalhamento das estradas Vicinais do PA Santa Idelfonso</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/115/indicacao_no_52-_ver-_toninho-_faixa_pedestre_e_lombada-_aprovado_000112.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/115/indicacao_no_52-_ver-_toninho-_faixa_pedestre_e_lombada-_aprovado_000112.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal a  necessidade de instalação de faixa de pedestre com quebra-molas em frente A Escola Couto Magalhães</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/116/indicacao_no_53-2023-_gininho_teseredzapriwe_000117.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/116/indicacao_no_53-2023-_gininho_teseredzapriwe_000117.pdf</t>
   </si>
   <si>
     <t>Indica Prefeito municipal Jose Bueno e ao Secretario de Obras a necessidade de recuperação das estradas vicinais que interligam as terras Indígenas Xavantes</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/117/indicacao_no_54-2023-_gininho_teseredzapriwe_000118.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/117/indicacao_no_54-2023-_gininho_teseredzapriwe_000118.pdf</t>
   </si>
   <si>
     <t>indica Prefeito Municipal Jose Bueno e ao Secretário de Obras a necessidade de reforma da ponte do córrego Couto Magalhaes que está em péssima situação</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/118/indicacao_no_55-2023_plenario_-_rio_novo_000129.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/118/indicacao_no_55-2023_plenario_-_rio_novo_000129.pdf</t>
   </si>
   <si>
     <t>Indica a Viação Rio Novo, a necessidade de realizar troca do ônibus que atendem os municipes de Campinápolis-MT</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/119/indicacao_no_56-2023_sergio_silvestre-_lama_asfaltica_prefeito_000130.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/119/indicacao_no_56-2023_sergio_silvestre-_lama_asfaltica_prefeito_000130.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal e ao Secretário de Obras a necessidade de realizar a restauração/recuperação de Ruas do Municipio com Micro Revestimento Asfáltico</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/120/indicacao_no_57-2023_sergio_silvestre_-_guarda_praca-_prefeito__000131.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/120/indicacao_no_57-2023_sergio_silvestre_-_guarda_praca-_prefeito__000131.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal a necessidade de estar disponibilizando_x000D_
 guardas para cuidar dos logradouros, em especial a Praga central, tendo em vista evitar a deterioração do bem público</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/121/indicacao_no_58-2023_sergio_silvestre_-_emenda_parlamentar-_nininho__000132.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/121/indicacao_no_58-2023_sergio_silvestre_-_emenda_parlamentar-_nininho__000132.pdf</t>
   </si>
   <si>
     <t>Indica ao Deputado Estadual Ondanir Bortolini (Nininho) destine emenda parlamentar para buscar a restauração/recuperação com o Micro Revestimento Asfáltico de ruas do Municipio de Campinápolis-MT</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/122/indicacao_no_59-2023_-sergio-_recuperacao_ponte_e_bueros__000140.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/122/indicacao_no_59-2023_-sergio-_recuperacao_ponte_e_bueros__000140.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal Jose Bueno e ao Secretário de Obras a necessidade de recuperação e reforma de Pontes e Bueiros do P.A santo Idelfonso".</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/123/indicacao_no_60-2023_birro-zeze-mauro-_recuperacao_ponte_000139.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/123/indicacao_no_60-2023_birro-zeze-mauro-_recuperacao_ponte_000139.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal Jose Bueno e ao Secretario de Obras a necessidade de recuperação da Ponte situada na região P.A Santa Idelfonso proximo a fazenda Eldes Galdino perto do boteco da Zuma</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/124/indicacao_no_61-2023_-valto-toninho-_construcao_rotatoria_000141.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/124/indicacao_no_61-2023_-valto-toninho-_construcao_rotatoria_000141.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal e ao Secretario de Obras a necessidade de construção de uma rotatória na Rua Jose Raimundo de Moura com a Av. Nego Carrim proximo á lava jato do Conguinha</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/496/lei-ord-no-1-404-institui-politica-de-incentivo-aos-cuidados-animais-domesticos-alimenta-pets_1.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/496/lei-ord-no-1-404-institui-politica-de-incentivo-aos-cuidados-animais-domesticos-alimenta-pets_1.pdf</t>
   </si>
   <si>
     <t>“Instituí Política de Incentivos aos Cuidados dos Animais Domésticos “Alimenta Pets” (cães e gatos) no Municipio de Campinápolis-MT”</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/185/req._01-2023_sergio-_uso_maquinas_.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/185/req._01-2023_sergio-_uso_maquinas_.pdf</t>
   </si>
   <si>
     <t>"Requer ao Prefeito José Bueno, secretário de Agricultura e ao Secretario de Transporte disponibilizar uso de Maquinas para dar suporte aos Pequenos produtores no transporte de Adubo, calcário, ração, milho e outros serviços conforme a Lei n634 de 2003."</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/190/req._02-2023_plenario_informacao_sobre_denuncias.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/190/req._02-2023_plenario_informacao_sobre_denuncias.pdf</t>
   </si>
   <si>
     <t>"Requerer de Vossas Excelências: informações relativas a denuncia referente aos caminhões caçamba que estão sem manutenção por parte da prefeitura e a contratação de outros caminhões caçamba para prestação de serviços, que supostamente estão com prego superfaturado."</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/189/req._03-2023_plenario_copia_portarias_de_familiares_vereadores_.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/189/req._03-2023_plenario_copia_portarias_de_familiares_vereadores_.pdf</t>
   </si>
   <si>
     <t>"Vem requerer de Vossas Excelências: copia, todas as Portarias e/ou Atos de nomeações de familiares de Vereadores especificando o vinculo/modo de provimento de cada um deles, a fim de que possamos identificar e separar todos os casos entre eletivos, politicos, efetivos, em confiança, comissionados, contratados e terceirizados; além do que, identificar o grau de parentesco, conforme as definições legais e jurisprudenciais."</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/191/req._04-2023__plenario-_informacao_sobre_hospital__.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/191/req._04-2023__plenario-_informacao_sobre_hospital__.pdf</t>
   </si>
   <si>
     <t>"Requerer de Vossa Excelência: informações relacionadas aos reparos que o Hospital Municipal necessita, é se já está sendo realizada as manutenções para conter todas as infiltrações, goteiras e mofo devido as chuvas."</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/192/req._05-2023__plenario_-_informacao_referente_alguns_equipamentos_hospital.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/192/req._05-2023__plenario_-_informacao_referente_alguns_equipamentos_hospital.pdf</t>
   </si>
   <si>
     <t>"Requer ao Prefeito Municipal Jose Bueno informação sobre o aparelho Raio X, aparelho Eletrocardiograma, Laboratório e a Lavanderia do Novo Hospital_x000D_
 Municipal de Campinápolis- MT."</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>"Requer ao Prefeito José Bueno, secretário de Agricultura e ao Secretario de Transporte a recuperação das estradas Vicinais Indígenas,_x000D_
 realizando cascalha mento, nivelamento e a recuperação das pontes."</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/194/req._07-2023_m_b_e_z_-_solicita_compra_equipamentos.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/194/req._07-2023_m_b_e_z_-_solicita_compra_equipamentos.pdf</t>
   </si>
   <si>
     <t>"Requer ao Prefeito José Bueno a utilização do recurso disponibilizado pela Verba Parlamentar do Deputado Joao Batista do Sindspen já disponível em_x000D_
 Conta Corrente da Prefeitura Municipal, para auxiliar na saúde Municipal na aquisição destes equipamentos que são fundamentais para garantir bom_x000D_
 atendimento nas atividades da Saúde conforme já solicitado no Oficio 08/2023 em anexo."</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>Mauro Renato Soares, Celiomar Piaba Bento, José Bento Filho</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/195/req._08-2023_m_b_e_z_-instalcao_postes_energia_antonio_bispo_.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/195/req._08-2023_m_b_e_z_-instalcao_postes_energia_antonio_bispo_.pdf</t>
   </si>
   <si>
     <t>""Requer ao Empresa Energisa providencias para instalação Postes de Energia Elétrica na Rua Antônio Bispo Rosa esquina com a Rua ceara quadra 53."</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/196/req._09-2023_m_b_e_z_-instalacao_postes_energia_rua_goias.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/196/req._09-2023_m_b_e_z_-instalacao_postes_energia_rua_goias.pdf</t>
   </si>
   <si>
     <t>"Requer ao Empresa Energisa providencias para instalação Postes de Energia Elétrica na Rua Goias entre o Centro de Referência da Assistência Social ( CRAS)e Unidade de Saúde PSF II."</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/197/req._10-2023_rosangela_-_manutencao_praca_central.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/197/req._10-2023_rosangela_-_manutencao_praca_central.pdf</t>
   </si>
   <si>
     <t>"Requer do Senhor Prefeito Municipal, que tome as devidas medidas para manutenção na praça central da cidade"</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>Rozangela Raquel de Souza Lopes, Antonio Rodrigues, Azevedo Onésimo Waamate Tserebuto, Gininho Tseredzapriwê Tsibo''Oopré'', Jose Euripedes Alcântara, Mauro Renato Soares</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/198/req._11-2023_ragj_em_-_informacoes_projeto_de_lei_08-23.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/198/req._11-2023_ragj_em_-_informacoes_projeto_de_lei_08-23.pdf</t>
   </si>
   <si>
     <t>"Requerer de Vossa Excelência: INFORMAÇÕES quanto a destinação do recurso do credito adicional Suplementar objeto de Projeto de Lei 08/23, em que será aplicado."</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/199/req._12-2023__plenario-_passagem_rio_novo_.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/199/req._12-2023__plenario-_passagem_rio_novo_.pdf</t>
   </si>
   <si>
     <t>"Requer ao Prefeito Municipal Jose Bueno e a Secretaria de Saúde informação relativas ao fornecimento de passagem aos pacientes do Município e as medidas que iram ser tomadas sobre as denúncias de malvadeza que sofrem os pacientes que precisam marcar suas passagens na Viação Rio Novo"</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/200/req._13-2023_plenario_-_reuniao_distrito.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/200/req._13-2023_plenario_-_reuniao_distrito.pdf</t>
   </si>
   <si>
     <t>"Requer ao Prefeito Municipal Jose Bueno, Secretaria de Saúde e Secretario de Educação seja marcado uma reunião da Sede do Distrito de São Jose do Couto com a presenta de todos os nobres."</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/201/req._14-2023_mc_e_j_-_2_tecnicos_de_enfermagem_no__hospital.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/201/req._14-2023_mc_e_j_-_2_tecnicos_de_enfermagem_no__hospital.pdf</t>
   </si>
   <si>
     <t>"Requer ao Prefeito Municipal Jose Bueno e a Secretaria de Saúde a necessidade 2 Técnicos de Enfermagem na Urgência do Hospital Municipal."</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/202/req._15-2023_sergio-_inf_complexo_esportivo_.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/202/req._15-2023_sergio-_inf_complexo_esportivo_.pdf</t>
   </si>
   <si>
     <t>"Requer ao Senhor Prefeito Jose Bueno e ao Secretario de Planejamento informações sobre o andamento do Complexo Esportivo de frente a_x000D_
 secretaria de Educação e será possível a construção da segunda fase do Complexo."</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/203/req._16-2023_azevedo-_informacao_sobre_ind_92-2023.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/203/req._16-2023_azevedo-_informacao_sobre_ind_92-2023.pdf</t>
   </si>
   <si>
     <t>"Requer ao Senhor Prefeito Jose Bueno e a secretaria de Educação informações sobre Indicação 92-2022."</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/204/req._17-2023_-_cm_e_j-__piso_enfermagem.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/204/req._17-2023_-_cm_e_j-__piso_enfermagem.pdf</t>
   </si>
   <si>
     <t>"Requer ao Prefeito José Bueno a atualização do piso salarial dos Enfermeiro, do Técnico de Enfermagem, do Auxiliar de Enfermagem e_x000D_
 da Parteira do Município de Campinapolis, Conforme já sancionado Projeto de lei n°14.581 de 2023 que abre credito especial, e preconiza Lei N° 14434 DE 04/08/2022."</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>Antonio Rodrigues, Celiomar Piaba Bento, Valto Alves da Silva (Valto Nica)</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/205/req._18-2023_ant_v_e_c_-_comissao.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/205/req._18-2023_ant_v_e_c_-_comissao.pdf</t>
   </si>
   <si>
     <t>"Requer a Sr' Presidente Câmara Municipal a criação de uma Comissão para apuração de irregularidade dentro da Câmara Municipal."</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/206/req._19-2023_celiomar_mauro_e_jose_b_-_concessao_uso_maquinario.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/206/req._19-2023_celiomar_mauro_e_jose_b_-_concessao_uso_maquinario.pdf</t>
   </si>
   <si>
     <t>"Requer ao Prefeito José Bueno, secretário de Agricultura e ao Secretário de Assuntos Indígenas a concessão de maquinários e a doação de_x000D_
 Oleo diesel para desenvolver Projeto Onhiuture voltado para a Agricultura Familiar dos Indígenas Xavante no município de Campinápolis."</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/207/req._20-2023_sergio-_consultorio_medico_itinerante_veterinario_.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/207/req._20-2023_sergio-_consultorio_medico_itinerante_veterinario_.pdf</t>
   </si>
   <si>
     <t>"Requer ao Prefeito José Bueno em Parceria com CONDEMA - 0 Conselho Municipal de Defesa do Meio Ambiente uma análise do bem Estar Animal para_x000D_
 Controle de Natalidade dos animais de pequeno porte do Município de Campinápolis, através da consultório Medico itinerante e Veterinário (Castra_x000D_
 móvel)que será disponibilizado pelo Conselho Municipal de Defesa ao Meio Ambiente."</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/208/req._21-2023_cjm_-_revisao_tabela_dos_bioquimicos.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/208/req._21-2023_cjm_-_revisao_tabela_dos_bioquimicos.pdf</t>
   </si>
   <si>
     <t>"Requer ao Prefeito José Bueno a atualização e revisão das tabelas e valores do Plantão sobreaviso dos Bioquímicos do Município de_x000D_
 Campinápolis devido a falta de atualização desde 2019."</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/209/req._22-2023_mcj_-_contratacao_medicos_.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/209/req._22-2023_mcj_-_contratacao_medicos_.pdf</t>
   </si>
   <si>
     <t>"Requer ao Prefeito José Bueno e a Secretaria de Saúde a necessidade de contratação de alguns médicos para Hospital Municipal de Campinápolis,_x000D_
 sendo estes médico Pediatra, Médico Cirurgião, Médico Ginecologista Obstetra e um anestesista com objetivo suprir a grande demanda de atendimento_x000D_
 do Hospital."</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/210/req._23-2023_azevedo-_informacao_reforma_aldeia.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/210/req._23-2023_azevedo-_informacao_reforma_aldeia.pdf</t>
   </si>
   <si>
     <t>"Requer ao Prefeito Municipal a informação a reforma das Pontes Hu'uhi e Santa Cruz."</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/211/req._24-2023_plenario_-_indici_da_folha_de_todas_as_secretarias.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/211/req._24-2023_plenario_-_indici_da_folha_de_todas_as_secretarias.pdf</t>
   </si>
   <si>
     <t>"Requer ao Prefeito Municipal Jose Bueno Vilela o índice da Folha de pagamento Referente a cada secretaria do Município Campinápolis-MT".</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/212/req._25-2023_plenario_-_incra_regularizacao_dos_lotes.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/212/req._25-2023_plenario_-_incra_regularizacao_dos_lotes.pdf</t>
   </si>
   <si>
     <t>"Indica ao Incra - superintendência de Barra do Garças, objetivando a execução de um plano de ação destinado regularização dos lotes do P.A Santa_x000D_
 Celia, demarcação, sorteio, nome de quadra e rua".</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>ELO</t>
   </si>
   <si>
     <t>EMENDA A LEI ORGÂNICA</t>
   </si>
   <si>
     <t>Antonio Rodrigues, Bruna Mayara De Almeida Stersa, Celiomar Piaba Bento, Gininho Tseredzapriwê Tsibo''Oopré'', José Bento Filho, Mauro Renato Soares, Rozangela Raquel de Souza Lopes, Sérgio Silvestre Ferreira (Vereador Serjão), Valto Alves da Silva (Valto Nica)</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/497/emenda_a_lei_organica_-_emenda_impossitiva_000236.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/497/emenda_a_lei_organica_-_emenda_impossitiva_000236.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA "Art. 130 A" NA LEI ORGÂNICA MUNICIPAL QUE DISPÕEM DAS EMENDAS IMPOSITIVAS AO ORÇAMENTO MUNICIPAL.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1350,68 +1350,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/2/decreto_legislativo_no_251-2023_ref._contas_2021_1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/243/dec_legislativo_n_252_-_titulo_renato_.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/244/dec_legislativo_n_253_-_titulo_denize_.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/245/dec_legislativo_n_254_-_titulo_jose_fleuri_.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/246/dec_legislativo_n_255_-_titulo_roberto_.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/247/dec_legislativo_n_256_-_titulo_carlos_.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/248/dec_legislativo_n_257_-_titulo_adilson_.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/269/dec_legislativo_n_258_-_titulo_orieber_gomes_costa_000169.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/270/dec_legislativo_n_259_-_titulo_valdimara_brito_000168.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/271/dec_legislativo_n_260_-_titulo_adraino_bernardi_cavalheri_000167.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/272/dec_legislativo_n_261_-_aprecia_contas_de_governo_referente_ao_exercicio_de_2022-gestao_jose_bueno_000170.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/3/ind_01-23_-_sergio_construcao_ciclovia_e_pista_de_caminhada.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/4/ind_02-23_-_gininho_reforma_escola_imaculada.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/5/ind_03-23_-_gininho_construcao_quadra_esporte.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/6/ind_04-23_-_jose_celimar_mauro-_bueiro_com_manilhas.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/7/ind_05-23_-_jose_celimar_mauro_encabecamento_manilhas.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/8/ind_06-23_-_jose_celimar_mauro_-_substituir_ponte_por_manilhas.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/9/ind_07-23_-_jose_celimar_mauro_manilhas.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/10/ind_08-23_-_jose_celimar_mauro_-_manilhas.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/11/ind_09-23_-_jose_celimar_mauro_janaina__riva.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/12/ind_10-23_-_azevedoreforma_escola_aldeia_campinas.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/13/ind_11-23_-_azevedo_-construcao_de_escola.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/14/ind_12-2023_-_b_m_e_z_-dep_jana_e_senador_interceda_junto_energisa_.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/15/ind_13-2023_-_b__m_e_z-dep_jana_e_wellington_-_energia_aldeia_sao_benedito.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/16/ind_14-2023_-_b__m_e_z-_dep_jana_e_wellington_-_patrulha_nova_paz.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/17/ind_15-2023_-_b_m_e_z_-dep._jana_e_wellington_-_patrulha_santa_cruz_.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/18/ind_16-2023_-_raquel_-dep._max_emenda_um_milhao_.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/19/ind_17-2023_-_b_m_e_z_-dep._jana_emenda_.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/20/ind_18-2023_-_m__b_e_z_-dep._jana_emenda_.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/21/ind_19-2023_reforma_ponte_aldeia_coab.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/22/ind_20-2023_sergio-_uti_movel.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/23/ind_21-23_-_azevedo_construcao_de_escola_aldeinha_.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/24/ind_22-23_-_sergio_-_reparo_boca_de_lopo_manilha_.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/25/ind._23-23_sergio_-_estacionamento_creche.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/26/ind._24-23_sergio-_botoa_do_panico.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/27/ind._25-23_sergio-_automacao_para_hospital_e_usb.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/29/ind._26-23_raquel-porta_giratorias_e_detectores_metais.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/30/ind._27-23_antonio-_energisa.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/31/ind._28-23_antonio_-const_100_casas_populares.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/32/ind._29-23_valto_-empresa_de_reciclagem_.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/33/ind._30-23_valto_-_1_dama_estado_cobertores_.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/34/ind._31-23_sergio-_recuperacao_das_estradas_vicinais.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/35/ind._32-23_sergio-_sinalizacao_de_transito.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/36/ind._33-23_antonio-_ponte_concretio_sentido_rodrigo_bueno.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/37/ind._34-23_antonio-_ponnte_concreto_proximo_sogro_birro.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/38/ind._35-23_antonio-_emenda_ciclovia.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/39/ind._36-23_sergio_-_emenda_quinatl_comunitario.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/113/indicacao_no_50-_ver-_sergio-_iluminacao_publica-_aprovado_000110.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/114/indicacao_no_51-_ver-_sergio-_patrolamento-cascalhamento-_aprovado_000111.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/115/indicacao_no_52-_ver-_toninho-_faixa_pedestre_e_lombada-_aprovado_000112.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/116/indicacao_no_53-2023-_gininho_teseredzapriwe_000117.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/117/indicacao_no_54-2023-_gininho_teseredzapriwe_000118.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/118/indicacao_no_55-2023_plenario_-_rio_novo_000129.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/119/indicacao_no_56-2023_sergio_silvestre-_lama_asfaltica_prefeito_000130.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/120/indicacao_no_57-2023_sergio_silvestre_-_guarda_praca-_prefeito__000131.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/121/indicacao_no_58-2023_sergio_silvestre_-_emenda_parlamentar-_nininho__000132.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/122/indicacao_no_59-2023_-sergio-_recuperacao_ponte_e_bueros__000140.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/123/indicacao_no_60-2023_birro-zeze-mauro-_recuperacao_ponte_000139.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/124/indicacao_no_61-2023_-valto-toninho-_construcao_rotatoria_000141.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/496/lei-ord-no-1-404-institui-politica-de-incentivo-aos-cuidados-animais-domesticos-alimenta-pets_1.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/185/req._01-2023_sergio-_uso_maquinas_.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/190/req._02-2023_plenario_informacao_sobre_denuncias.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/189/req._03-2023_plenario_copia_portarias_de_familiares_vereadores_.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/191/req._04-2023__plenario-_informacao_sobre_hospital__.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/192/req._05-2023__plenario_-_informacao_referente_alguns_equipamentos_hospital.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/194/req._07-2023_m_b_e_z_-_solicita_compra_equipamentos.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/195/req._08-2023_m_b_e_z_-instalcao_postes_energia_antonio_bispo_.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/196/req._09-2023_m_b_e_z_-instalacao_postes_energia_rua_goias.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/197/req._10-2023_rosangela_-_manutencao_praca_central.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/198/req._11-2023_ragj_em_-_informacoes_projeto_de_lei_08-23.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/199/req._12-2023__plenario-_passagem_rio_novo_.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/200/req._13-2023_plenario_-_reuniao_distrito.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/201/req._14-2023_mc_e_j_-_2_tecnicos_de_enfermagem_no__hospital.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/202/req._15-2023_sergio-_inf_complexo_esportivo_.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/203/req._16-2023_azevedo-_informacao_sobre_ind_92-2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/204/req._17-2023_-_cm_e_j-__piso_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/205/req._18-2023_ant_v_e_c_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/206/req._19-2023_celiomar_mauro_e_jose_b_-_concessao_uso_maquinario.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/207/req._20-2023_sergio-_consultorio_medico_itinerante_veterinario_.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/208/req._21-2023_cjm_-_revisao_tabela_dos_bioquimicos.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/209/req._22-2023_mcj_-_contratacao_medicos_.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/210/req._23-2023_azevedo-_informacao_reforma_aldeia.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/211/req._24-2023_plenario_-_indici_da_folha_de_todas_as_secretarias.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/212/req._25-2023_plenario_-_incra_regularizacao_dos_lotes.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/497/emenda_a_lei_organica_-_emenda_impossitiva_000236.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/2/decreto_legislativo_no_251-2023_ref._contas_2021_1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/243/dec_legislativo_n_252_-_titulo_renato_.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/244/dec_legislativo_n_253_-_titulo_denize_.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/245/dec_legislativo_n_254_-_titulo_jose_fleuri_.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/246/dec_legislativo_n_255_-_titulo_roberto_.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/247/dec_legislativo_n_256_-_titulo_carlos_.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/248/dec_legislativo_n_257_-_titulo_adilson_.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/269/dec_legislativo_n_258_-_titulo_orieber_gomes_costa_000169.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/270/dec_legislativo_n_259_-_titulo_valdimara_brito_000168.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/271/dec_legislativo_n_260_-_titulo_adraino_bernardi_cavalheri_000167.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/272/dec_legislativo_n_261_-_aprecia_contas_de_governo_referente_ao_exercicio_de_2022-gestao_jose_bueno_000170.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/3/ind_01-23_-_sergio_construcao_ciclovia_e_pista_de_caminhada.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/4/ind_02-23_-_gininho_reforma_escola_imaculada.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/5/ind_03-23_-_gininho_construcao_quadra_esporte.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/6/ind_04-23_-_jose_celimar_mauro-_bueiro_com_manilhas.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/7/ind_05-23_-_jose_celimar_mauro_encabecamento_manilhas.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/8/ind_06-23_-_jose_celimar_mauro_-_substituir_ponte_por_manilhas.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/9/ind_07-23_-_jose_celimar_mauro_manilhas.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/10/ind_08-23_-_jose_celimar_mauro_-_manilhas.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/11/ind_09-23_-_jose_celimar_mauro_janaina__riva.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/12/ind_10-23_-_azevedoreforma_escola_aldeia_campinas.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/13/ind_11-23_-_azevedo_-construcao_de_escola.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/14/ind_12-2023_-_b_m_e_z_-dep_jana_e_senador_interceda_junto_energisa_.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/15/ind_13-2023_-_b__m_e_z-dep_jana_e_wellington_-_energia_aldeia_sao_benedito.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/16/ind_14-2023_-_b__m_e_z-_dep_jana_e_wellington_-_patrulha_nova_paz.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/17/ind_15-2023_-_b_m_e_z_-dep._jana_e_wellington_-_patrulha_santa_cruz_.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/18/ind_16-2023_-_raquel_-dep._max_emenda_um_milhao_.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/19/ind_17-2023_-_b_m_e_z_-dep._jana_emenda_.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/20/ind_18-2023_-_m__b_e_z_-dep._jana_emenda_.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/21/ind_19-2023_reforma_ponte_aldeia_coab.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/22/ind_20-2023_sergio-_uti_movel.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/23/ind_21-23_-_azevedo_construcao_de_escola_aldeinha_.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/24/ind_22-23_-_sergio_-_reparo_boca_de_lopo_manilha_.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/25/ind._23-23_sergio_-_estacionamento_creche.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/26/ind._24-23_sergio-_botoa_do_panico.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/27/ind._25-23_sergio-_automacao_para_hospital_e_usb.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/29/ind._26-23_raquel-porta_giratorias_e_detectores_metais.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/30/ind._27-23_antonio-_energisa.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/31/ind._28-23_antonio_-const_100_casas_populares.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/32/ind._29-23_valto_-empresa_de_reciclagem_.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/33/ind._30-23_valto_-_1_dama_estado_cobertores_.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/34/ind._31-23_sergio-_recuperacao_das_estradas_vicinais.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/35/ind._32-23_sergio-_sinalizacao_de_transito.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/36/ind._33-23_antonio-_ponte_concretio_sentido_rodrigo_bueno.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/37/ind._34-23_antonio-_ponnte_concreto_proximo_sogro_birro.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/38/ind._35-23_antonio-_emenda_ciclovia.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/39/ind._36-23_sergio_-_emenda_quinatl_comunitario.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/113/indicacao_no_50-_ver-_sergio-_iluminacao_publica-_aprovado_000110.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/114/indicacao_no_51-_ver-_sergio-_patrolamento-cascalhamento-_aprovado_000111.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/115/indicacao_no_52-_ver-_toninho-_faixa_pedestre_e_lombada-_aprovado_000112.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/116/indicacao_no_53-2023-_gininho_teseredzapriwe_000117.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/117/indicacao_no_54-2023-_gininho_teseredzapriwe_000118.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/118/indicacao_no_55-2023_plenario_-_rio_novo_000129.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/119/indicacao_no_56-2023_sergio_silvestre-_lama_asfaltica_prefeito_000130.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/120/indicacao_no_57-2023_sergio_silvestre_-_guarda_praca-_prefeito__000131.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/121/indicacao_no_58-2023_sergio_silvestre_-_emenda_parlamentar-_nininho__000132.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/122/indicacao_no_59-2023_-sergio-_recuperacao_ponte_e_bueros__000140.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/123/indicacao_no_60-2023_birro-zeze-mauro-_recuperacao_ponte_000139.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/124/indicacao_no_61-2023_-valto-toninho-_construcao_rotatoria_000141.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/496/lei-ord-no-1-404-institui-politica-de-incentivo-aos-cuidados-animais-domesticos-alimenta-pets_1.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/185/req._01-2023_sergio-_uso_maquinas_.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/190/req._02-2023_plenario_informacao_sobre_denuncias.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/189/req._03-2023_plenario_copia_portarias_de_familiares_vereadores_.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/191/req._04-2023__plenario-_informacao_sobre_hospital__.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/192/req._05-2023__plenario_-_informacao_referente_alguns_equipamentos_hospital.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/194/req._07-2023_m_b_e_z_-_solicita_compra_equipamentos.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/195/req._08-2023_m_b_e_z_-instalcao_postes_energia_antonio_bispo_.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/196/req._09-2023_m_b_e_z_-instalacao_postes_energia_rua_goias.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/197/req._10-2023_rosangela_-_manutencao_praca_central.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/198/req._11-2023_ragj_em_-_informacoes_projeto_de_lei_08-23.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/199/req._12-2023__plenario-_passagem_rio_novo_.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/200/req._13-2023_plenario_-_reuniao_distrito.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/201/req._14-2023_mc_e_j_-_2_tecnicos_de_enfermagem_no__hospital.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/202/req._15-2023_sergio-_inf_complexo_esportivo_.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/203/req._16-2023_azevedo-_informacao_sobre_ind_92-2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/204/req._17-2023_-_cm_e_j-__piso_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/205/req._18-2023_ant_v_e_c_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/206/req._19-2023_celiomar_mauro_e_jose_b_-_concessao_uso_maquinario.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/207/req._20-2023_sergio-_consultorio_medico_itinerante_veterinario_.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/208/req._21-2023_cjm_-_revisao_tabela_dos_bioquimicos.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/209/req._22-2023_mcj_-_contratacao_medicos_.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/210/req._23-2023_azevedo-_informacao_reforma_aldeia.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/211/req._24-2023_plenario_-_indici_da_folha_de_todas_as_secretarias.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/212/req._25-2023_plenario_-_incra_regularizacao_dos_lotes.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2023/497/emenda_a_lei_organica_-_emenda_impossitiva_000236.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="233.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="181.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="180.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>