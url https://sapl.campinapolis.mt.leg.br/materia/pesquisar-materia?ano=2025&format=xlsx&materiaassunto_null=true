--- v0 (2025-12-29)
+++ v1 (2026-03-28)
@@ -10,1948 +10,2335 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1176" uniqueCount="610">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1407" uniqueCount="726">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
     <t>Pedro Paulo Tseresii're Sereparan</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/</t>
   </si>
   <si>
     <t>"Indica ao Deputado Valdir Barranco a necessidade de doação de 5 ônibus sendo destinados a ajudar no transporte dos moradores das Aldeias_x000D_
 Campinas, aldeona, são Felipe e Campos Belos ao município de Campinápolis "</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/394/indicacao_n_02-2025-_pedro_paulo-_contratacao_guardas_escolas_indigenas.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/394/indicacao_n_02-2025-_pedro_paulo-_contratacao_guardas_escolas_indigenas.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Municipal Jeovan Faria a necessidade de realizar contratação de guardas/vigias para atuarem nas escolas Indígenas do_x000D_
 Município de Campinapolis.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/395/indicacao_n_03-2025-_pedro_paulo-_emenda_construcao_de_duas_pontes_de_concreto.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/395/indicacao_n_03-2025-_pedro_paulo-_emenda_construcao_de_duas_pontes_de_concreto.pdf</t>
   </si>
   <si>
     <t>"Indica ao Exmo. Sr. Deputado Estadual Valdir Barranco a disponibilizagão de Emenda Parlamentar para realizar a construção de duas Pontes de_x000D_
 Concretos uma na Aldeia Tela Vive e uma Aldeias Campinas Município de Campinápolis"</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Deonisio Tso Utuomore</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Sr. Jeovan Faria e ao Secretário de Infraestrutura a necessidade de Construção Ponte na Aldeia Jacu sobre o Rio Piranha"</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/397/indicacao_n_05-2025-_dionisio-_reforma_ponte_aldeia_tela_vive_.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/397/indicacao_n_05-2025-_dionisio-_reforma_ponte_aldeia_tela_vive_.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Municipal Sr. Jeovan Faria ao Secretário Infraestrutura a necessidade de reforma da Ponte situada na Aldeia Tela Vive fixada no rio_x000D_
 Couto Magalhães."</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Antonio Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/398/indicacao_n_06-2025-_antonico-_casa_de_apoio_em_barretos.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/398/indicacao_n_06-2025-_antonico-_casa_de_apoio_em_barretos.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Jeovan Faria A necessidade disponibilizar uma casa de Apoio na cidade de Barretos- SP, para os pacientes que realizam tratamento Câncer e demais doenças, para amenizar o desgaste da viagem e fornecer conforto aos pacientes e seus acompanhantes durante o uso dos medicamentos.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Joe Dallegrave</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/399/indicacao_n_07-2025-_joe-_compra_gerador_aberto_hospital.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/399/indicacao_n_07-2025-_joe-_compra_gerador_aberto_hospital.pdf</t>
   </si>
   <si>
     <t>"Indica ao Exmo. Sr. Jeovan Faria Prefeito Municipal e a Secretaria de Saúde a necessidade realizar a compra de 1 gerador aberto para hospital_x000D_
 Municipal, 2 Cadeira odontológica completas 1 para Distrito são Jose Couto 1 para o município."</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Sérgio Silvestre Ferreira (Vereador Serjão)</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/400/indicacao_n_08-2025-_sergio-_internet_gratuita_escolas_indigenas_.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/400/indicacao_n_08-2025-_sergio-_internet_gratuita_escolas_indigenas_.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Municipal Jeovan Faria e a Secretária de Educação a necessidade instalação de internet gratuita nas escolas indígenas do Município de Campinápolis.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/401/indicacao_n_09-2025-_sergio-_construcao_pista_de_caminhada_e_ciclovia.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/401/indicacao_n_09-2025-_sergio-_construcao_pista_de_caminhada_e_ciclovia.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Municipal Jeovan Faria e ao Secretario de Infraestrutura a necessidade de construção da pista de caminhada e Ciclovia".</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Celiomar Piaba Bento</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/402/indicacao_n_10-2025-_celiomar-_implantacao_extensao_da_rede_eletrica_na_ruaa_goias__proximo_campileite.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/402/indicacao_n_10-2025-_celiomar-_implantacao_extensao_da_rede_eletrica_na_ruaa_goias__proximo_campileite.pdf</t>
   </si>
   <si>
     <t>" Indica ao Prefeito Jeovan Faria que interceda em conjunto com a Energisa para viabilizar a implantação Extensão da Rede Elétrica na rua Goias e Rua_x000D_
 Anastacio Feliciano Alves próximo a Campileite.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/403/indicacao_n_11-2025-_celiomar-_drenagem_da_rua_anastacio_feliciano_alves.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/403/indicacao_n_11-2025-_celiomar-_drenagem_da_rua_anastacio_feliciano_alves.pdf</t>
   </si>
   <si>
     <t>"Indica ao prefeito Jeovan Faria ao Secretário de Obras a necessidade Viabilizar Drenagem da Rua Anastacio Feliciano Alves esquina com a Rua goiás próximos a Campileite"</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/404/indicacao_n_12-2025-_sergio-_construcao_de_cail_e_gatil_.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/404/indicacao_n_12-2025-_sergio-_construcao_de_cail_e_gatil_.pdf</t>
   </si>
   <si>
     <t>" Indica ao Exmo. Srº Prefeito Jeovan Faria e ao Secretário de Infraestrutura a construção de um canil/gatil, abrigo para animais em situação de rua no Municipio de Campinápolis - MT"</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/405/indicacao_n_13-2025-_sergio-_construcao_de_escolas_municipais_e_quadras_aldeias_bom_jesus_da_lapa_santa_benedita_e_imaculada_conceicao_.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/405/indicacao_n_13-2025-_sergio-_construcao_de_escolas_municipais_e_quadras_aldeias_bom_jesus_da_lapa_santa_benedita_e_imaculada_conceicao_.pdf</t>
   </si>
   <si>
     <t>"Indica ao Exmo. Sr°. Prefeito Jeovan Faria, Infraestrutura de Esporte construção Municipais Poliesportivas Jesus da Lapa, Secretário de e secretário necessidade a de Escolas e quadras nas aldeias Bom Santa Benedita e Imaculada Conceição e demais aldeias do Município que não possuem escola.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Valto Alves da Silva (Valto Nica)</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/406/indicacao_n_14-2025-valto-_manutencao_e_subistituicao_todas_as_lampas_queimadas_no_municipio.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/406/indicacao_n_14-2025-valto-_manutencao_e_subistituicao_todas_as_lampas_queimadas_no_municipio.pdf</t>
   </si>
   <si>
     <t>" Indica ao Sr. Prefeito Jeovan Faria, a necessidade manutenção e substituição das lâmpadas queimadas em todos os postes de iluminação_x000D_
 pública na avenida Benoni Jose Lourenço e demais postes do Município que estão sem iluminação Pública."</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/407/indicacao_n_15-2025-_valto-reforma_terminal_rodoviario.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/407/indicacao_n_15-2025-_valto-reforma_terminal_rodoviario.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito e a Secretaria de Obras a necessidade reformar do Terminal Rodoviário e revitalizar a praça ao seu redor."</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/408/indicacao_n_16-2025-_valto-_construcao_rotatorias.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/408/indicacao_n_16-2025-_valto-_construcao_rotatorias.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Municipal e ao Secretário de Obras a necessidade de construção de uma rotatória na Rua José Raimundo de Moura com a Av. Nego Carrim próximo A lava jato do Conguinha e Av. Flávio Ferreira Lima, Av. Nego Carrim próximo ao posto Rezendão e na Rua Jose Antonio da Costa esquina com Av. Flavio Ferreira Lima em frente ao Antigo Cemitério Municipal"</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/409/indicacao_n_17-2025-_plenario-_atendimento_periodo_integral.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/409/indicacao_n_17-2025-_plenario-_atendimento_periodo_integral.pdf</t>
   </si>
   <si>
     <t>"Indica a Empresa Energisa a necessidade de disponibilizar atendimento na Unidade de atendimento ao Público de Campinápolis em período integral."</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Sula Piaba</t>
   </si>
   <si>
     <t>"Indica ao Prefeito e a Secretaria de Obras a necessidade reforma na Unidade de Saúde Básica I(UBS), com rampas de acessibilidade e demais_x000D_
 providencias."</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/411/indicacao_n_19-2025-_selma-_um_guarda_cuidar_praca_central.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/411/indicacao_n_19-2025-_selma-_um_guarda_cuidar_praca_central.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Municipal Jeovan faria a necessidade estar disponibilizando um guarda para cuidando da Praga central, tendo em_x000D_
 vista evitar a deterioração ao bem publico.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/412/indicacao_n_20-2025-_selma-_refroma_e_pintura_da_feira.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/412/indicacao_n_20-2025-_selma-_refroma_e_pintura_da_feira.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Municipal Jeovan faria e ao Secretário de Obras a necessidade de realização de reforma e pintura Feira Coberta"</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Iolanda Barbosa da Silva Neta</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/413/indicacao_n_21-2025-_iolanda-_sinalizacao_de_transito_no_municipio.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/413/indicacao_n_21-2025-_iolanda-_sinalizacao_de_transito_no_municipio.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Municipal Jeovan Faria e ao Secretário de Infraestrutura a necessidade sejam tomadas as devidas providencias em relação_x000D_
 á sinalização de transito de todo município de Campinápolis- MT."</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/414/indicacao_n_22-2025-_iolanda-__reforma_escola_carinho_e_ternura.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/414/indicacao_n_22-2025-_iolanda-__reforma_escola_carinho_e_ternura.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Municipal Jeovan Faria e Secretaria de Infraestrutura a necessidade de realizar reforma nos prédios da Escola Municipal Carinho e_x000D_
 Ternura."</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/415/indicacao_n_23-2025-_iolanda-_reforma_escola_anastaico_feliciano.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/415/indicacao_n_23-2025-_iolanda-_reforma_escola_anastaico_feliciano.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Municipal Jeovan Faria e Secretaria de Infraestrutura a necessidade de realizar reforma nos prédios da Escola Anastacio Feliciano_x000D_
 Alves."</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/416/indicacao_n_24-2025-_iolanda-_implantacao_de_academias_ao_ar_livre_assentamentos.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/416/indicacao_n_24-2025-_iolanda-_implantacao_de_academias_ao_ar_livre_assentamentos.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Municipal Jeovan Faria a necessidade Implantação de Academias ao Ar Livre nos assentamentos do Município de Campinápolis .</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/417/indicacao_n_25-2025-_joe-_construcao_psf_santa_celia_reforma_psf_santa_idelfosnso_e_3s.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/417/indicacao_n_25-2025-_joe-_construcao_psf_santa_celia_reforma_psf_santa_idelfosnso_e_3s.pdf</t>
   </si>
   <si>
     <t>"Indica ao Exmo. Sr. Jeovan Faria Prefeito Municipal, Secretária de saúde e ao Secretario de Infraestrutura a necessidade realizar construção_x000D_
 de uma Unidade Saúde no P.A Santa Celia e reforma e Implicação das Unidades de Saúde Básica P.A Santa Idelfonso e P.A 3S ."</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/418/indicacao_n_26-2025-_joe-_implantacao_placar_eletronico.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/418/indicacao_n_26-2025-_joe-_implantacao_placar_eletronico.pdf</t>
   </si>
   <si>
     <t>"Indica ao Exmo. Sr. Jeovan Faria Prefeito Municipal e ao Secretário de Esporte a Implantação de Placar Eletrônico e Climatizadores na quadra Municipal Jose Guilherme."</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/419/indicacao_n_27-2025-_sergio-_reforma_praca_em_torno_igreja_catolica.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/419/indicacao_n_27-2025-_sergio-_reforma_praca_em_torno_igreja_catolica.pdf</t>
   </si>
   <si>
     <t>"Indica ao Exmo. Sr. Jeovan Faria Prefeito Municipal e ao Secretário de Infraestrutura a reforma e revitalização de uma praga em torno da praga da_x000D_
 igreja Católica."</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/420/indicacao_n_28-2025-_sergio-_retirada_de_redutor_velocidade.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/420/indicacao_n_28-2025-_sergio-_retirada_de_redutor_velocidade.pdf</t>
   </si>
   <si>
     <t>"Indica ao Exmo. Sr. Jeovan Faria Prefeito Municipal e ao Secretário de Infraestrutura a necessidade de retirada do redutor de velocidade localizado_x000D_
 na rua Erotides de Araujo Lima."</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Rozangela Raquel de Souza Lopes</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/421/indicacao_n_29-2025-_raquel-_medicos_realize_consultas_eletivas.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/421/indicacao_n_29-2025-_raquel-_medicos_realize_consultas_eletivas.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Municipal Jeovan faria e a Secretaria de saúde a necessidade que os respectivos médicos especialistas que vier fazer as cirurgias também realizem consultas eletivas, viabilizando maior conforto aos campinapolenses."</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/422/indicacao_n_30-2025-_raquel-_dginicologislata_implantacao_de_diu.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/422/indicacao_n_30-2025-_raquel-_dginicologislata_implantacao_de_diu.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Municipal Jeovan faria e a Secretaria de saúde a necessidade Disponibilizar um profissional Ginecologista para realizar_x000D_
 colocação do DIU (Dispositivo Intrauterino) no município de Campinápolis."</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/423/indicacao_n_31-2025-_raquel-__medico_cardiologista.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/423/indicacao_n_31-2025-_raquel-__medico_cardiologista.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Municipal Jeovan faria e a Secretaria de saúde a necessidade Disponibilizar atendimento de médico Cardiologista no município de Campinápolis"</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Celiomar Piaba Bento, Sula Piaba</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/424/indicacao_n_32-2025-_celiomar-_guarda_municipal.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/424/indicacao_n_32-2025-_celiomar-_guarda_municipal.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Municipal Jeovan Faria a necessidade da criação de Lei Complementar para regular a Guarda Municipal conforme art. 90 da Lei_x000D_
 Orgânica Municipal nos termos que segue."</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Edinei Alves dos Santos, Pedro Paulo Tseresii're Sereparan</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/425/indicacao_n_33-2025-_ednei_e_pedro-_canalizacao_corrego_distrito_sao_jose_couto.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/425/indicacao_n_33-2025-_ednei_e_pedro-_canalizacao_corrego_distrito_sao_jose_couto.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Municipal Jeovan faria a necessidade realização da canalização do Córrego passa no meio Distrito São Jose Couto, para fins de_x000D_
 melhorar o escoamento das Aguas pluviais, prevenir alagamentos e promover mais segurança e qualidade de vida A população."</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Edinei Alves dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/426/indicacao_n_34-2025-_ednei-contratacao_medico_utrasonografista.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/426/indicacao_n_34-2025-_ednei-contratacao_medico_utrasonografista.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Municipal Jeovan faria e a secretaria de Saúde a necessidade urgente de providenciar a contratação de um médico especializado para_x000D_
 realizar ultrassonografias diárias nas unidades de saúde de nosso município de Campinápolis, devido à alta demanda e à carência desse tipo de_x000D_
 atendimento."</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/427/indicacao_n_34-2025-_ednei-contratacao_medico_utrasonografista.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/427/indicacao_n_34-2025-_ednei-contratacao_medico_utrasonografista.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Municipal Jeovan faria e ao secretaria de Infraestrutura a necessidade instalação de lombadas em frente As escolas e creches dentro do Município de Campinápolis."</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/428/indicacao_n_36-2025-_ednei-_transporte_aos_pacientes_da_fisioterapia.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/428/indicacao_n_36-2025-_ednei-_transporte_aos_pacientes_da_fisioterapia.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Municipal Jeovan faria e a secretaria de Saúde a necessidade fornecer transporte aos pacientes que realizam fisioterapia."</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/429/indicacao_n_37-2025-_toninho-__casa_de_acolhimento_para_os_idosos.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/429/indicacao_n_37-2025-_toninho-__casa_de_acolhimento_para_os_idosos.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Jeovan Faria e a Secretaria de Assistência Social A necessidade de viabilizar a implementação de uma Casa de Acolhimento para_x000D_
 Idosos de Campinápolis."</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/430/indicacao_n_38-2025-_selma-__instalacao_telefone_no_hospital_municipal.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/430/indicacao_n_38-2025-_selma-__instalacao_telefone_no_hospital_municipal.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Municipal Jeovan faria e a Secretaria de Saúde a necessidade a necessidade instalação telefone Celular com Whats no Hospital com a finalidade de melhorar a comunicação entre os pacientes, seus acompanhantes e os profissionais de saúde.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Pedro Paulo Tseresii're Sereparan, Valto Alves da Silva (Valto Nica)</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/431/indicacao_n_39-2025-_pedro_valto-_casa_de_apoio_indugena.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/431/indicacao_n_39-2025-_pedro_valto-_casa_de_apoio_indugena.pdf</t>
   </si>
   <si>
     <t>"Indica ao Exmo. Sr. Prefeito Municipal jeovan Faria e a Secretário de assuntos indígenas a construção de uma casa de apoio para os indígenas_x000D_
 em Campinápolis.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/432/indicacao_n_40-2025-_pedro_edney-_implantacao_de_instituicao_de_ensimo_superior.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/432/indicacao_n_40-2025-_pedro_edney-_implantacao_de_instituicao_de_ensimo_superior.pdf</t>
   </si>
   <si>
     <t>"Indica ao Exmo. Sr. Prefeito Municipal jeovan Faria e a Secretária de Educação a necessidade de presente Indicação, implantação de uma_x000D_
 instituição de ensino superior (faculdade) no município de Campinápolis.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/433/indicacao_n_41-2025-_raquel-_contratacao_medico_pediatra.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/433/indicacao_n_41-2025-_raquel-_contratacao_medico_pediatra.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Municipal Jeovan faria e a Secretaria de saúde a necessidade A contratação de Médico Pediatra para atender no Hospital Municipal."</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/434/indicacao_n_42-2025-_plenario-_construcao_de_rotatoria_br-158_e_br-110.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/434/indicacao_n_42-2025-_plenario-_construcao_de_rotatoria_br-158_e_br-110.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Municipal Jeovan Faria que interceda junto Governo de Estado e os órgãos competentes para a construção de uma rotatória na BR-158, entre Nova Xavantina e Campinápolis, e uma rotatória na MT 110 placa da Nativa próximo a Campinápolis."</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/435/indicacao_n_43-2025-_sergio-_daquisicao_caminhao_munck.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/435/indicacao_n_43-2025-_sergio-_daquisicao_caminhao_munck.pdf</t>
   </si>
   <si>
     <t>" Indica ao Exmo. Sr. Jeovan Faria Prefeito Municipal e ao Secretário de infraestrutura aquisição um caminhão munck para Município"</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/436/indicacao_n_44-2025-_selma-_const_ponte_concreto_cachoeira.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/436/indicacao_n_44-2025-_selma-_const_ponte_concreto_cachoeira.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Municipal Jeovan faria e a Secretaria de Obras a necessidade construção de uma ponte de concreto na estrada da cachoeira próxima ao Sr. Ronan e Sr. Joao Murinho"</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/437/indicacao_n_45-2025-_selma-_reforma_psf2.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/437/indicacao_n_45-2025-_selma-_reforma_psf2.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Municipal Jeovan faria e a Secretaria de Saúde a Reforma da Unidade de Saúde Básica - PSF 2.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/438/indicacao_n_46-2025-_selma-_d_contratacao_medico_e_dentista.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/438/indicacao_n_46-2025-_selma-_d_contratacao_medico_e_dentista.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Municipal Jeovan faria e a Secretaria de Saúde a contratação mais um médico e um dentista para estar atendendo nas Unidades de saúde Básica devido aumento da demanda.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>Antonio Rodrigues, Valto Alves da Silva (Valto Nica)</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/439/indicacao_n_47-2025-_toninho_e_valto-_doacao_trator_associacao_da_santa_celia.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/439/indicacao_n_47-2025-_toninho_e_valto-_doacao_trator_associacao_da_santa_celia.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Jeovan Faria a doação de um Trator com grade e carreta para Associação de Pequenos Produtores da região de Santa Celia."</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/440/indicacao_n_48-2025-_iolanda-_ampliacao_numero_de_salas_de_aulas_nas_creches.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/440/indicacao_n_48-2025-_iolanda-_ampliacao_numero_de_salas_de_aulas_nas_creches.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Municipal Jeovan Faria e a Secretaria de Educação a necessidade Implantação do número de salas nas creches Municipais devido ao_x000D_
 aumento de crianças com tempo integral"</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/441/indicacao_n_49-2025-_iolanda-_construcao_unidade_de_saude_basica_psf.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/441/indicacao_n_49-2025-_iolanda-_construcao_unidade_de_saude_basica_psf.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Municipal Jeovan Faria e a Secretaria Saúde a construção de uma Unidade de Saúde Básica para setor Uniao que abrange_x000D_
 toda Area da prefeitura, rodoviária e Cohab"</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/442/indicacao_n_50-2025-_joe-_const._quadra_areia_distrito_sao_jose_couto.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/442/indicacao_n_50-2025-_joe-_const._quadra_areia_distrito_sao_jose_couto.pdf</t>
   </si>
   <si>
     <t>"Indica ao Exmo. Sr. Jeovan Faria Prefeito Municipal e Secretária Obras a necessidade Construção de uma Quadra Poliesportiva de Área no_x000D_
 Distrito de são Jose do Couto."</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/443/indicacao_n_51-2025-joe-_tabela_de_basquete_distrito_sao_jose_couto.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/443/indicacao_n_51-2025-joe-_tabela_de_basquete_distrito_sao_jose_couto.pdf</t>
   </si>
   <si>
     <t>"Indica ao Exmo. Sr. Jeovan Faria Prefeito Municipal a necessidade implantação de uma Tabela de Basquete na Praça_x000D_
 central do Distrito de São Jose do Couto."</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/444/indicacao_n_52-2025-joe-_reforma_e_ampliacao_escola_do_distrito_sao_jose_couto.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/444/indicacao_n_52-2025-joe-_reforma_e_ampliacao_escola_do_distrito_sao_jose_couto.pdf</t>
   </si>
   <si>
     <t>"Indica ao Exmo. Sr. Jeovan Faria Prefeito Municipal e a Secretaria de Obras a necessidade Reforma e ampliação da Escola Municipal do Distrito_x000D_
 de são Jose do Couto".</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/445/indicacao_n_53-2025-selma-_compra_aparelho_de_raio_x_odontologico_.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/445/indicacao_n_53-2025-selma-_compra_aparelho_de_raio_x_odontologico_.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Municipal Jeovan faria e a Secretaria de Saúde a necessidade de compra de um aparelho de raio-X odontológico_x000D_
 para cada Unidade de Saúde Básica do Município.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/446/indicacao_n_54-2025-selma-__contratacao_agente_comunitaro_de_saude_para_serra_verde_.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/446/indicacao_n_54-2025-selma-__contratacao_agente_comunitaro_de_saude_para_serra_verde_.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Municipal Jeovan faria e a Secretaria de Saúde a necessidade de contratação de um agente comunitário de saúde_x000D_
 para a região da Serra Verde.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/447/indicacao_n_55-2025-raquel-_manutencao_sanitaria_escola_distrito_sao_jose_couto_.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/447/indicacao_n_55-2025-raquel-_manutencao_sanitaria_escola_distrito_sao_jose_couto_.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Municipal Jeovan faria e a Secretaria de Obras a necessidade realização de manutenção sanitária na Escola Municipal no Distrito de_x000D_
 São Jose do Couto devida situação precária, necessidade de melhoria nas instalações sanitárias."</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/448/indicacao_n_56-2025-selma-__calcada_de_acessibilidade_psfi_.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/448/indicacao_n_56-2025-selma-__calcada_de_acessibilidade_psfi_.pdf</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/449/indicacao_n_57-2025-_joe-_ccriacao_de_um_programa_de_inccentivo_ao_esporte.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/449/indicacao_n_57-2025-_joe-_ccriacao_de_um_programa_de_inccentivo_ao_esporte.pdf</t>
   </si>
   <si>
     <t>"Indica ao Exmo. Sr. Jeovan Faria Prefeito Municipal a necessidade criação de um programa de incentivo ao esporte de Campinápolis ".</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/450/indicacao_n_58-2025-_dionisio_-_reforma_a_escola_municipal_aldeia_sucuri.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/450/indicacao_n_58-2025-_dionisio_-_reforma_a_escola_municipal_aldeia_sucuri.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Sr. Jeovan Faria e ao Secretário de Infraestrutura a necessidade reforma a Escola Municipal na Aldeia Sucuri.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/451/indicacao_n_59-2025-dionisio-_construcao_ponte_aldeia_sucuri_e_mato_grosso_.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/451/indicacao_n_59-2025-dionisio-_construcao_ponte_aldeia_sucuri_e_mato_grosso_.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Sr. Jeovan Faria e ao Secretário de Infraestrutura a Construção de Ponte Aldeia Sucuri e aldeia Mato Grosso.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/452/indicacao_n_60-2025-celiomar_-_const_creche_municipal_no_distrito_sao_jose_couto__.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/452/indicacao_n_60-2025-celiomar_-_const_creche_municipal_no_distrito_sao_jose_couto__.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Jeovan Faria, Secretaria de Educação e ao secretário de Obras a Construção Creche Municipal no Distrito de São Jose do Couto.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/453/indicacao_n_61-2025-sergio-_retomada_servico_de_drenagem_de_aguas_pluviais_na_rua_joao_ataulfo_.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/453/indicacao_n_61-2025-sergio-_retomada_servico_de_drenagem_de_aguas_pluviais_na_rua_joao_ataulfo_.pdf</t>
   </si>
   <si>
     <t>"Indica ao Exmo. Sr. Jeovan Faria Prefeito Municipal e ao Secretário de Infraestrutura a necessidade retomada dos serviço Drenagem de aguas Fluviais na_x000D_
 rua Joao Ataulfo Filho ."</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/454/indicacao_n_62-2025-selma-_transporte_escolar_criancas_da_aldeia_santo_antonio_.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/454/indicacao_n_62-2025-selma-_transporte_escolar_criancas_da_aldeia_santo_antonio_.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Municipal Jeovan faria a necessidade transporte escolar para as crianças da Aldeia Santo Antônio proximo fazenda Sr. Dalto até o município de Campinápolis .</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/455/indicacao_n_63-2025-valto-_const_quadra_areia_no_assentamento_pa_santa_celia_.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/455/indicacao_n_63-2025-valto-_const_quadra_areia_no_assentamento_pa_santa_celia_.pdf</t>
   </si>
   <si>
     <t>"Indica ao Sr. Prefeito Jeovan Faria e ao Secretária Obras a necessidade Construção de uma Quadra Poliesportiva de Area no Assentamento PA Santa Celia."</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/456/indicacao_n_64-2025-valto-_manutencao_da_iluminacao_da_praca_central_.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/456/indicacao_n_64-2025-valto-_manutencao_da_iluminacao_da_praca_central_.pdf</t>
   </si>
   <si>
     <t>"Indica ao Sr. Prefeito Jeovan Faria a necessidade de manutenção da iluminação da praga Central."</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/457/indicacao_n_65-2025-_antonio-_implantacao_de_lago_no_municipio.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/457/indicacao_n_65-2025-_antonio-_implantacao_de_lago_no_municipio.pdf</t>
   </si>
   <si>
     <t>"Indica ao Exmo. Sr. Prefeito Municipal a secretária de Turismo a necessidade Implantação de Lago em nosso município, sendo uma forma_x000D_
 proporcionar lazer e turismo aos Munícipes e visitantes.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/458/indicacao_n_66-2025-antonio-_asfaltaro_parque_de_exposicao_nasir_.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/458/indicacao_n_66-2025-antonio-_asfaltaro_parque_de_exposicao_nasir_.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Jeovan faria e ao secretário de Infraestrutura a necessidade de Asfaltar o Parque de Exposição Nasir Jamal de Campinápolis - MT.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/459/indicacao_n_67-2025-joe-_const._ponte_corrego_do_meio_no_distrito_sao_jose_couto_.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/459/indicacao_n_67-2025-joe-_const._ponte_corrego_do_meio_no_distrito_sao_jose_couto_.pdf</t>
   </si>
   <si>
     <t>"Indica ao Exmo. Sr. Jeovan Faria Prefeito Municipal e ao secretário de Obras a construção de uma ponte no córrego do meio no Distrito de são Jose do_x000D_
 Couto.".</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/460/indicacao_n_68-2025-pedro-_realizar_limpeza_dos_bueiros_.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/460/indicacao_n_68-2025-pedro-_realizar_limpeza_dos_bueiros_.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Jeovan Faria a necessidade realizar a limpeza dos Bueiros do Município de Campinápolis.</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/461/indicacao_n_69-2025-pedro-_patrolamento_e_cascalhamentos_principais_aldeias_do_municipio.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/461/indicacao_n_69-2025-pedro-_patrolamento_e_cascalhamentos_principais_aldeias_do_municipio.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Jeovan Faria e ao Secretário de Obras a necessidade de recuperação patrola mento e cascalhamento das estradas vicinais que dão_x000D_
 acesso as principais aldeias do município de Campinápolis.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/462/indicacao_n_70-2025-_pedro_-_reforma_nas_pontes_aldeias_caompnaschao_preto_santa_cruz_novo_paraiso.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/462/indicacao_n_70-2025-_pedro_-_reforma_nas_pontes_aldeias_caompnaschao_preto_santa_cruz_novo_paraiso.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Jeovan Faria e ao Secretário de Obras a necessidade Reforma nas pontes Aldeia Campinas, Aldeia chão Preto, Aldeia santa cruz,_x000D_
 Aldeia novo Paraíso.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/463/indicacao_n_71-2025-sergio-_revitalizacao_praca_da_biblia_.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/463/indicacao_n_71-2025-sergio-_revitalizacao_praca_da_biblia_.pdf</t>
   </si>
   <si>
     <t>"Indica ao Exmo. Sr. Jeovan Faria Prefeito Municipal e ao Secretário de Obras a Revitalizagão da Praga da Bíblia e Reforma dos Aparelhos de_x000D_
 Academia ao Ar Livre."</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/464/indicacao_n_72-2025-valto-_patrolamento_da_estrada_vai_para_aldeia_sao_felipe.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/464/indicacao_n_72-2025-valto-_patrolamento_da_estrada_vai_para_aldeia_sao_felipe.pdf</t>
   </si>
   <si>
     <t>"Indica ao Sr. Prefeito Jeovan Faria e ao Secretária Obras a necessidade Patrolamento da Estrada vai para Aldeia são Felipe."</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/465/indicacao_n_73_-2025-valto-_limpeza_e_manutencao_pista_motocross.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/465/indicacao_n_73_-2025-valto-_limpeza_e_manutencao_pista_motocross.pdf</t>
   </si>
   <si>
     <t>"Indica ao Sr. Prefeito Jeovan Faria a necessidade de realizar Limpeza e manutenção da Pista de Motocross."</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/466/indicacao_n_74-2025-_pavimentacao_asfaltica_pista_de_pouso_e_decolagem_no_aeroporto.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/466/indicacao_n_74-2025-_pavimentacao_asfaltica_pista_de_pouso_e_decolagem_no_aeroporto.pdf</t>
   </si>
   <si>
     <t>"Indica ao Exmo. Sr. Prefeito Municipal a secretária de Obras a necessidade o asfaltamento da pista de pouso e decolagem do_x000D_
 aeródromo municipal, bem como a construção de um hangar para abrigar aeronaves e equipamentos"</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/467/indicacao_n_75-2025-_antonio-_pavimentacao_asfaltica_rua_travessa_vanderlei_vieiras.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/467/indicacao_n_75-2025-_antonio-_pavimentacao_asfaltica_rua_travessa_vanderlei_vieiras.pdf</t>
   </si>
   <si>
     <t>"Indica ao Exmo. Sr. Prefeito Municipal a secretaria de Obras a necessidade de realizar obras de pavimentação asfáltica na Rua Travessa Vanderlei vieira_x000D_
 do rego e dar continuidade no trecho compreendido da Rua Flávio Ferreira Lima."</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/468/indicacao_n_76-2025-_antonio-_operacao_tapa_burraco_rua_alagoas.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/468/indicacao_n_76-2025-_antonio-_operacao_tapa_burraco_rua_alagoas.pdf</t>
   </si>
   <si>
     <t>"Indica ao Exmo. Sr. Prefeito Municipal a secretária de Obras a necessidade de realizar com urgente a operação tapa-buracos na Rua Alagoas, especialmente em frente a oficina do Sr. Danilo e nas proximidades da Creche a fim de garantir segurança e melhor trafegabilidade A população_x000D_
 local.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/469/indicacao_n_77_-2025-antonio-_pavimentacao_rua_rio_grande_do_norte_.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/469/indicacao_n_77_-2025-antonio-_pavimentacao_rua_rio_grande_do_norte_.pdf</t>
   </si>
   <si>
     <t>"Indica ao Exmo. Sr. Prefeito Municipal a secretaria de Obras a necessidade de realizar a pavimentação asfáltica na Rua Rio Grande do Norte que fica a_x000D_
 baixo do estádio Municipal na rua Jose Antônio da Costa.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/470/indicacao_n_78_-2025-antonio-_pavimentacao_asfaltica_rua_goias_perto_cras.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/470/indicacao_n_78_-2025-antonio-_pavimentacao_asfaltica_rua_goias_perto_cras.pdf</t>
   </si>
   <si>
     <t>"Indica ao Exmo. Sr. Prefeito Municipal a secretária de Obras a necessidade de realizar a pavimentação asfáltica na Rua a Goias, nas proximidades do PSF_x000D_
 2 e do CRAS.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/471/indicacao_n_79_-2025-ednei-_unidade_saude_basica_assentamento_banco_terra.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/471/indicacao_n_79_-2025-ednei-_unidade_saude_basica_assentamento_banco_terra.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Municipal Jeovan faria, secretaria de Saúde e ao Secretário de Obras a necessidade construção de uma Unidade de Saúde Básica (UBS) no Assentamento Banco da Terra."</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/472/indicacao_n_80_-2025-ednei-_ponte_corrego_do_butiranga.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/472/indicacao_n_80_-2025-ednei-_ponte_corrego_do_butiranga.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Municipal Jeovan faria secretaria de Obras a necessidade construção de uma ponte sobre o Córrego do Butiranga, localizada na Santa_x000D_
 Célia, nas proximidades da residência do Sr. Ronaldo."</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/473/indicacao_n_81_-2025-ednei-_aterro_e_bueiros_3s_.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/473/indicacao_n_81_-2025-ednei-_aterro_e_bueiros_3s_.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Municipal Jeovan faria secretaria de Obras a necessidade de realizar serviços de aterro e construção de bueiros no Assentamento 3S,_x000D_
 nas proximidades da residência do senhor Zezinho e da senhora Sueli."</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/474/indicacao_n_82_-2025-iolanda-_instacao_de_cobertura_em_todos_pontos_de_onibus.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/474/indicacao_n_82_-2025-iolanda-_instacao_de_cobertura_em_todos_pontos_de_onibus.pdf</t>
   </si>
   <si>
     <t>"Indica ao Faria e a necessidade Prefeito Municipal Jeovan Secretaria instalação de Educação a de coberturas em todos os pontos de ônibus do munícipio"</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/475/indicacao_n_83_-2025-iolanda-_motorista_para_ambulancia_que_atende_distrito_de_sao_jose.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/475/indicacao_n_83_-2025-iolanda-_motorista_para_ambulancia_que_atende_distrito_de_sao_jose.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Municipal Jeovan Faria a necessidade de instalação de um parquinho infantil e uma academia ao ar livre no bairro COA2.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>Antonio Rodrigues, Celiomar Piaba Bento, Sula Piaba, Valto Alves da Silva (Valto Nica)</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/476/indicacao_n_84_-2025-acs_e_v-_emenda_aparelho_de_mamografia.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/476/indicacao_n_84_-2025-acs_e_v-_emenda_aparelho_de_mamografia.pdf</t>
   </si>
   <si>
     <t>"Indica a Exma. Sr.a deputada Estadual Janaina Riva a necessidade destinação de emenda parlamentar para a aquisição de um aparelho de_x000D_
 mamografia, a ser utilizado na rede pública de saúde do município de Campinápolis.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/477/indicacao_n_85_-2025-acsv-_emenda_parlamentar_compra_caixa_de_agua.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/477/indicacao_n_85_-2025-acsv-_emenda_parlamentar_compra_caixa_de_agua.pdf</t>
   </si>
   <si>
     <t>"Indica a Exma. Sr.a deputada Estadual Janaina Riva em conjunto Governo do estado a necessidade destinação de emenda parlamentar_x000D_
 para aquisição de caixas d'água e bombas d'água e outros equipamentos, a serem utilizadas para ativação dos poços artesianos_x000D_
 nos Assentamento PA Santa Célia e PA santa Cruz, no município de Campinápolis.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/478/indicacao_n_86-2025-plenario-_motorista_para_distrito_.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/478/indicacao_n_86-2025-plenario-_motorista_para_distrito_.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Municipal Jeovan faria e a secretaria de saúde a necessidade que seja disponibilizado, com urgência, um motorista para a ambulância_x000D_
 que atende o Distrito de são Jose Couto."</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/479/indicacao_n_87_-2025-sergio-_brasil_sorridente.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/479/indicacao_n_87_-2025-sergio-_brasil_sorridente.pdf</t>
   </si>
   <si>
     <t>"Indica ao Exmo. Sr. Jeovan Faria Prefeito Municipal e a Secretária de saúde a necessidade de adesão do Município ao Programa Brasil Sorridente.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/480/indicacao_n_88-2025-_dionisio_-_const_ponte_aldeia_barreira_000460.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/480/indicacao_n_88-2025-_dionisio_-_const_ponte_aldeia_barreira_000460.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Sr. Jeovan Faria e ao Secretário de Infraestrutura a Construção de Ponte Aldeia Barreira sobre o rio Pedra Preta e aldeia Asia."</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/481/indicacao_n_89-2025-_dionisio_-_3_pontes_aldeia_estrela_000459.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/481/indicacao_n_89-2025-_dionisio_-_3_pontes_aldeia_estrela_000459.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Sr. Jeovan Faria e ao Secretário de Infraestrutura a reforma de 3 pontes na Aldeia Estrela.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/482/indicacao_n_90-2025-_antonio_-_murro_em__tornodo_cemiterio_do_distrito_000458.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/482/indicacao_n_90-2025-_antonio_-_murro_em__tornodo_cemiterio_do_distrito_000458.pdf</t>
   </si>
   <si>
     <t>"Indica ao Exmo. Sr. Prefeito Municipal a secretaria de Obras a necessidade construção de um murro em torno de Cemitério municipal do Distrito de são_x000D_
 Jose Couto.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/483/indicacao_n_91-2025-_valto_-_acoes_de_combate_a_dengue_000457.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/483/indicacao_n_91-2025-_valto_-_acoes_de_combate_a_dengue_000457.pdf</t>
   </si>
   <si>
     <t>"Indica ao Sr. Prefeito Jeovan Faria e a secretaria de Saúde a necessidade de realizar ações de combate A dengue, chikungunya, zika virus e outras doenças transmitidas por vetores, em todo município."</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/484/indicacao_n_92-2025-_iolanda_-_fornecimento_de_agua_mineral_nas_creches_000456.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/484/indicacao_n_92-2025-_iolanda_-_fornecimento_de_agua_mineral_nas_creches_000456.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Municipal Jeovan Faria e a Secretaria de Educação a necessidade realizar fornecimento emergencial de água mineral para as creches municipais ate que seja realizada a devida melhoria na qualidade da água fornecida nas unidades"</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/485/indicacao_n_93-2025-_ednei_-_fornecer_alimentacao_aospacientes_e_acompanhante_000455.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/485/indicacao_n_93-2025-_ednei_-_fornecer_alimentacao_aospacientes_e_acompanhante_000455.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Municipal Jeovan faria e a secretaria de Saúde a necessidade fornecer alimentação aos pacientes e acompanhantes que são_x000D_
 encaminhados para outros municípios para tratamento de saúde.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/486/indicacao_n_94_-2025-_pedro-_contratacao__interprete_indigena_para_hospital_e_postinho_000454.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/486/indicacao_n_94_-2025-_pedro-_contratacao__interprete_indigena_para_hospital_e_postinho_000454.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Jeovan Faria e a Secretária de Saúde a necessidade contratação de interpretes Indígenas para Hospital Municipal e Unidades de_x000D_
 saúde básica do Município.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/487/indicacao_n_95_-2025-_pedro-_fornecimento_produto_limpeza_e_merenda_escolar_nas_escolas_indigenas_000453.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/487/indicacao_n_95_-2025-_pedro-_fornecimento_produto_limpeza_e_merenda_escolar_nas_escolas_indigenas_000453.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Jeovan Faria e a Secretária de Educação a necessidade fornecimento de produtos de limpeza e entrega da merenda escolar mensalmente nas escolas indígenas do Município de Campinápolis.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/488/indicacao_n_96_-2025-_pedro-_perfuracao_de_um_poco_artesiano_na_aldeia_campos_000452.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/488/indicacao_n_96_-2025-_pedro-_perfuracao_de_um_poco_artesiano_na_aldeia_campos_000452.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Jeovan Faria a necessidade realizar parceria com a SESAI (Secretaria Especial de Saúde Indígena) para realizar perfuração de um poço artesiano na aldeia Campos pelos assim melhoras o fornecimento de água na escola Indígena"</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/489/indicacao_n_97_-2025-_sergio-_const_mirante_turistico_000451.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/489/indicacao_n_97_-2025-_sergio-_const_mirante_turistico_000451.pdf</t>
   </si>
   <si>
     <t>"Indica ao Exmo. Sr. Jeovan Faria Prefeito Municipal e ao Secretário de Obras que viabilize a construção de um mirante turístico na serra_x000D_
 roncador localizada em nosso município, a fim de fomentar o turismo local e criar um novo cartão postal para a cidade."</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/490/indicacao_n_98_-2025-antonio_valto-_emenda_emanuel_pinheiro_patrulha_agricula_000450.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/490/indicacao_n_98_-2025-antonio_valto-_emenda_emanuel_pinheiro_patrulha_agricula_000450.pdf</t>
   </si>
   <si>
     <t>"Indica ao Exmo. Sr. Deputado Estadual Emanuel Pinheiro a necessidade destinação de uma Patrulha Agricola Mecanizada para atendimento aos produtores rurais do Assentamento Santa Cruz.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/491/indicacao_n_99_-2025-pedro-_const_escola_aldeia_chao_preto_000449.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/491/indicacao_n_99_-2025-pedro-_const_escola_aldeia_chao_preto_000449.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Jeovan Faria e a secretaria de Educação a necessidade construção de uma Escola na Aldeia Chão Preto.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/498/indicacao_n_100-2025-_raquel-_parceria_municipios_realizar_cirurigia_bariatricas.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/498/indicacao_n_100-2025-_raquel-_parceria_municipios_realizar_cirurigia_bariatricas.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Municipal Jeovan faria e a Secretaria de saúde a viabilidade de firmar convênios ou parcerias com outros municípios visando a_x000D_
 realização de cirurgias bariátricas para a população de Campinápolis."</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/499/indicacao_n_101-2025-_raquel-_max_-circulaacao_de_onibus.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/499/indicacao_n_101-2025-_raquel-_max_-circulaacao_de_onibus.pdf</t>
   </si>
   <si>
     <t>"Indicação ao Deputado Estadual Max Russo a necessidade de Interceder um conjunto com a Viação AM Transporte para Ampliação de Dias de Circulação de Ônibus - Campinápolis a Nova Xavantina."</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/500/indicacao_n_102-2025-_dionisio-_reforma_ponte_parabuburi.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/500/indicacao_n_102-2025-_dionisio-_reforma_ponte_parabuburi.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Sr. Jeovan Faria e ao Secretário de Infraestrutura a reforma Ponte situada na Aldeia Parabuburi."</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/501/indicacao_n_103-2025-_selma-_contratar_professor_de_zumba.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/501/indicacao_n_103-2025-_selma-_contratar_professor_de_zumba.pdf</t>
   </si>
   <si>
     <t>" Indica ao Prefeito Municipal Jeovan Faria a necessidade contratar um professor de zumba para atender a comunidade do assentamento PA Santa Idelfonso."</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/502/indicacao_n_104-2025-_selma-_rampa_de_acessibilidade_na_entrada_psf_1.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/502/indicacao_n_104-2025-_selma-_rampa_de_acessibilidade_na_entrada_psf_1.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Municipal Jeovan faria e a Secretaria de Saúde a necessidade construção de uma rampa de acessibilidade na entrada da recepção do PSF 1."</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/503/indicacao_n_105-2025-_sergio-_reforma_regiao_gameleira.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/503/indicacao_n_105-2025-_sergio-_reforma_regiao_gameleira.pdf</t>
   </si>
   <si>
     <t>"Indica ao Exmo. Sr. Jeovan Faria Prefeito Municipal e ao Secretário de Obras a necessidade de reforma da ponte localizada na região da Gameleira, nas proximidades da Fazenda Senhora Lúcia."</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/504/indicacao_n_106-2025-_selma-_manutencao_aparelho_de_ar_nas_unidades_basicas_de_saude.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/504/indicacao_n_106-2025-_selma-_manutencao_aparelho_de_ar_nas_unidades_basicas_de_saude.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Municipal Jeovan faria e a Secretaria de Saúde a necessidade de manutenção dos aparelhos de ar-condicionado nas Unidades de Saúde Básica (UBS) 1 e 2 do Município."</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>"Indica ao Sr. Prefeito Municipal Jeovan Faria e ao Secretário de obras a necessidade de dar seguimento a canalização do córrego Voadeira que_x000D_
 corta nosso Municipio"</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/506/indicacao_n_108-2025-_selma-_aquisicao_e_substituicao_de_moveis_e_equipamentos_paras_unidades_de_saude_basica.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/506/indicacao_n_108-2025-_selma-_aquisicao_e_substituicao_de_moveis_e_equipamentos_paras_unidades_de_saude_basica.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Municipal Jeovan faria e a Secretaria de Saúde que sejam providenciadas a substituição e aquisição de moveis e equipamentos para as Unidade de Saúde Básica 1 e 2."</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/507/indicacao_n_109-2025-_selma-iluminacao_publica_inicio_do_municipio_.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/507/indicacao_n_109-2025-_selma-iluminacao_publica_inicio_do_municipio_.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Municipal Jeovan faria que seja solicitado junto a ENERGISA, instalação de poste para iluminação pública na entrada do município próximo fábrica de ração."</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/508/indicacao_n_110-2025-selma-_const_de_sala_anexa_escola_do_distrito_para_funcionar_como_creche.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/508/indicacao_n_110-2025-selma-_const_de_sala_anexa_escola_do_distrito_para_funcionar_como_creche.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Municipal Jeovan faria e a secretaria de Educação a necessidade construção de sala anexa á Escola Municipal do Distrito de são Jose do Couto para funcionar como creche/acolhimento diário as crianças do Distrito."</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/509/indicacao_n_111-2025-_birro_e_sula-_pavimentacao_asfaltica_rua_vila_da_palha_e_demais_ruas_do_distrito.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/509/indicacao_n_111-2025-_birro_e_sula-_pavimentacao_asfaltica_rua_vila_da_palha_e_demais_ruas_do_distrito.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Municipal Jeovan faria e ao secretário de Obras a necessidade realizar a pavimentação asfáltica da Rua Vila da Palha e demais ruas do Distrito de são José do Couto."</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/510/indicacao_n_112-2025-_birro_e_sula-_istalcao_bebedouro_psf_do_distrito.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/510/indicacao_n_112-2025-_birro_e_sula-_istalcao_bebedouro_psf_do_distrito.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Municipal Jeovan faria e a secretária de Saúde a necessidade de instalação de um bebedouro de Agua potável no Posto de Saúde do Distrito de são José do Couto."</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/511/indicacao_n_113-2025-_birro_e_sula-_construcao_reservatorio_de_abastecimento_de_agua_no_distrito.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/511/indicacao_n_113-2025-_birro_e_sula-_construcao_reservatorio_de_abastecimento_de_agua_no_distrito.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Municipal Jeovan faria a necessidade urgente a construção de um reservatório de abastecimento de água no Distrito de são Jose do Couto, visando garantir o fornecimento regular de água potável A população do Distrito."</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/512/indicacao_n_114-2025-_toninho-pavimentacao_asfaltica_rua_antonio_bispo_rosa_.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/512/indicacao_n_114-2025-_toninho-pavimentacao_asfaltica_rua_antonio_bispo_rosa_.pdf</t>
   </si>
   <si>
     <t>"Indica ao Exmo. Sr. Prefeito Municipal a secretária de Obras a necessidade de realizar a pavimentação asfáltica na Rua Antônio Bispo Rosa próximo_x000D_
 Igreja Comadesma ligando rua Bispo da Rosa a rua Alagoas."</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>Joe Dallegrave, Sula Piaba</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/513/indicacao_n_115-2025-_joe_e_selma_-_uti_movel_.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/513/indicacao_n_115-2025-_joe_e_selma_-_uti_movel_.pdf</t>
   </si>
   <si>
     <t>"Indica ao Exmo. Sr. Jeovan Faria Prefeito Municipal e a Secretária de Saúde, que seja providenciada a aquisição e disponibilização de uma Unidade_x000D_
 de Terapia Intensiva (UTI) Móvel, destinada ao transporte de pacientes em estado grave ou de alto risco em situações de emergência no município."</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/514/indicacao_n_116-2025-_senador_welliton-_castamovel.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/514/indicacao_n_116-2025-_senador_welliton-_castamovel.pdf</t>
   </si>
   <si>
     <t>"Indica ao Exmo. Sr. Senador Wellington Fagundes a destinação de recursos para aquisição de uma unidade móvel de castração (castramóvel) para o município de Campinápolis - MT."</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/515/indicacao_n_117-2025-_sergio-instacao_de_energia_solar.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/515/indicacao_n_117-2025-_sergio-instacao_de_energia_solar.pdf</t>
   </si>
   <si>
     <t>"Indica ao Exmo. Sr. Prefeito Municipal Jeovan faria que estude a viabilidade e promova a instalação de sistemas de energia solar em todos os órgãos_x000D_
 e prédios públicos do município, tais como escolas, unidades de saúde, centros administrativos, entre outros."</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/516/indicacao_n_118-2025-_birro-_regularizacao_funidarias.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/516/indicacao_n_118-2025-_birro-_regularizacao_funidarias.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Municipal Jeovan Faria a necessidade de realizar a Regularização Fundiária Urbana - Distrito de são José Couto."</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/517/indicacao_n_119-2025-_pedro-_bueiros_no_corrego_matrincha_.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/517/indicacao_n_119-2025-_pedro-_bueiros_no_corrego_matrincha_.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Jeovan Faria e a Secretária de Obra a necessidade de instalação de um bueiro no córrego Matrinchã, próximo Aldeia Matrinchã, na_x000D_
 zona rural deste município."</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/518/indicacao_n_120-2025-_pedro-_instalacao_de_iluminacao_publica_nas_aldeias.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/518/indicacao_n_120-2025-_pedro-_instalacao_de_iluminacao_publica_nas_aldeias.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Jeovan providencie com urgência a instalação de iluminação pública nas Aldeias Campinas, Chao Preto, Campos Belos,_x000D_
 Buritizal, Aldeonas e demais aldeias.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/519/indicacao_n_121-2025-pedro-_reforma_escola_indigena_campinas.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/519/indicacao_n_121-2025-pedro-_reforma_escola_indigena_campinas.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Jeovan Faria e ao Secretário de Obras que seja realizada, com a máxima urgência, a reforma completa da Escola Indígena_x000D_
 localizada na Aldeia Campinas."</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/520/indicacao_n_122-2025-_valto-_const_praca_entrada_do_municipio.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/520/indicacao_n_122-2025-_valto-_const_praca_entrada_do_municipio.pdf</t>
   </si>
   <si>
     <t>"Indica ao Sr. Prefeito Municipal Jeovan Faria e ao Secretário de obras que seja realizada a construção de uma praga pública na entrada do_x000D_
 município proximo ao DMR."</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/521/indicacao_n_123-2025-_raquel-_criacao_unidade_de_corpo_de_bombeiro.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/521/indicacao_n_123-2025-_raquel-_criacao_unidade_de_corpo_de_bombeiro.pdf</t>
   </si>
   <si>
     <t>"Indica ao Deputado Estadual Max Russo a necessidade criação de uma unidade do Corpo de Bombeiros Militar no município de Campinápolis - MT."</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/522/indicacao_n_124-2025-_selma-_cobertura_refeitorio_da_creche.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/522/indicacao_n_124-2025-_selma-_cobertura_refeitorio_da_creche.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Municipal Jeovan faria a necessidade realizar a cobertura do refeitório da Creche Municipal Maria de Morais Lima, para impedir o acesso de pombos e outras aves ao local, garantindo melhores condições de higiene, segurança e saúde As crianças e funcionários."</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Municipal Jeovan Faria e ao Secretário de Obras a implantação com urgência de um redutor de velocidade (quebra-molas) na Rua_x000D_
 Pedro David, em frente A Igreja Assembleia de Deus - Missão do Belém."</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/524/indicacao_n_126-2025-_iolanda_-_perfuracao_poco_artesiano_no_assentamento_santa_idelfonso_000569.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/524/indicacao_n_126-2025-_iolanda_-_perfuracao_poco_artesiano_no_assentamento_santa_idelfonso_000569.pdf</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/525/indicacao_n_127-2025-_ednei_-_const_escola_madre_laura_000568.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/525/indicacao_n_127-2025-_ednei_-_const_escola_madre_laura_000568.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Municipal Jeovan faria e a secretaria de educação a necessidade construção de uma escola na Aldeia Madre Laura."</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/526/indicacao_n_128-2025-_joe_-_van_ubs_atender_zona_rural_000567.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/526/indicacao_n_128-2025-_joe_-_van_ubs_atender_zona_rural_000567.pdf</t>
   </si>
   <si>
     <t>"Indica ao Exmo. Sr. Jeovan Faria Prefeito Municipal e a secretaria de Saúde, que seja, providenciada a aquisição e disponibilização uma Unidade Básica de Saúde Móvel (UBS Móvel) van adaptada, a ser utilizada no atendimento à população da zona rural do município de Campinápolis."</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/527/indicacao_n_129-2025-_iolanda_-_inst_parquinho_infantil_e_academia_ao_ar_livre_distrito_000566.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/527/indicacao_n_129-2025-_iolanda_-_inst_parquinho_infantil_e_academia_ao_ar_livre_distrito_000566.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Municipal Jeovan Faria a necessidade de instalação de um parquinho infantil e uma academia ao ar livre no Distrito de são Jose do_x000D_
 Couto."</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/528/indicacao_n_130-2025-_sergio_-_const_escola_municipal_na_aldeia_palmeira_000565.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/528/indicacao_n_130-2025-_sergio_-_const_escola_municipal_na_aldeia_palmeira_000565.pdf</t>
   </si>
   <si>
     <t>"Indica ao Exmo. Sr. Jeovan Faria Prefeito Municipal e ao Secretário de Obras a necessidade de construção de uma Escola Municipal na Aldeia_x000D_
 Palmeiras"</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/529/indicacao_n_131-2025-_sergio_-_const_escola_municipal_na_aldeia_emaculada_conceicao_000564.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/529/indicacao_n_131-2025-_sergio_-_const_escola_municipal_na_aldeia_emaculada_conceicao_000564.pdf</t>
   </si>
   <si>
     <t>"Indica ao Exmo. Sr. Jeovan Faria Prefeito Municipal e ao Secretário de Obras a necessidade de construção de uma Escola Municipal na Aldeia_x000D_
 Emaculada da Conceição"</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/530/indicacao_n_132-2025-_sergio_-_const_escola_municipal_na_aldeia_bom_jesus_da_lapa_000563.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/530/indicacao_n_132-2025-_sergio_-_const_escola_municipal_na_aldeia_bom_jesus_da_lapa_000563.pdf</t>
   </si>
   <si>
     <t>"Indica ao Exmo. Sr. Jeovan Faria Prefeito Municipal e ao Secretário de Obras a necessidade de construção de uma Escola Municipal na Aldeia Bom_x000D_
 Jesus da Lapa"</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/531/indicacao_n_133-2025-_pedro_-_realizacao_de_campeonato_nas_aldeias_000562.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/531/indicacao_n_133-2025-_pedro_-_realizacao_de_campeonato_nas_aldeias_000562.pdf</t>
   </si>
   <si>
     <t>"Indica ao Exmo. Sr. Jeovan Faria Prefeito Municipal e ao Secretário de Esportes a necessidade de realização de campeonato nas Aldeias do nosso_x000D_
 Municipio"</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/532/indicacao_n_134-2025-_antonio_e_valto_-_terreno_para_construcao_de_ubs_000561.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/532/indicacao_n_134-2025-_antonio_e_valto_-_terreno_para_construcao_de_ubs_000561.pdf</t>
   </si>
   <si>
     <t>"Indica ao Exmo. Sr. Jeovan Faria Prefeito Municipal a necessidade de disponibilizar um terreno para construção de uma Unidade Básica de Saúde UBS"</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/533/indicacao_n_135-2025-_iolanda_-_instacao_balanca_para_bebes_no_distrito_000560.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/533/indicacao_n_135-2025-_iolanda_-_instacao_balanca_para_bebes_no_distrito_000560.pdf</t>
   </si>
   <si>
     <t>"Indica ao Faria e a necessidade instalação de uma balança pesar bebês Couto Prefeito Municipal Jeovan Secretária de Saúde a instalação de uma balança no distrito de são José do Couto."</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/534/indicacao_n_136-2025-_sergio-_fornecer_uniforme_alunos_da_rede_municipal_000559.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/534/indicacao_n_136-2025-_sergio-_fornecer_uniforme_alunos_da_rede_municipal_000559.pdf</t>
   </si>
   <si>
     <t>"indica ao Exmo. Sr. Jeovan Faria Prefeito Municipal e a Secretario de Educação a necessidade de fornecimento de uniformes completos para todos_x000D_
 os alunos da rede Municipal de Ensino"</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/535/indicacao_n_137-2025-_sergio_-_estrada_pa_santa_idelfonso.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/535/indicacao_n_137-2025-_sergio_-_estrada_pa_santa_idelfonso.pdf</t>
   </si>
   <si>
     <t>"Indica ao Exmo. Sr. Jeovan Faria Prefeito Municipal e ao Secretário de Transporte a necessidade de recuperação e patrolamento das estradas vicinais do P.A Santa Idelfonso e região"</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/536/indicacao_n_138-2025-_raquel-const_lar_de_idosos_000558.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/536/indicacao_n_138-2025-_raquel-const_lar_de_idosos_000558.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Jeovan Faria, Secretaria de Obras e a Secretaria de assistência social a necessidade construção de um Lar de Idosos no município _x000D_
 Campinápolis - MT."</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/537/indicacao_n_139-2025-_joe-_const_casa_de_eventos_000557.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/537/indicacao_n_139-2025-_joe-_const_casa_de_eventos_000557.pdf</t>
   </si>
   <si>
     <t>"Indica ao Exmo. Sr. Jeovan Faria Prefeito Municipal e ao Secretário de Obras a construção de uma Casa de Eventos Municipal."</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/538/indicacao_n_140-2025-_selma-_reforma_cartorio_eleitoral_e_junta_de_servuco_militar_e_politec_000556.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/538/indicacao_n_140-2025-_selma-_reforma_cartorio_eleitoral_e_junta_de_servuco_militar_e_politec_000556.pdf</t>
   </si>
   <si>
     <t>"indica ao Prefeito Municipal Jeovan faria e a Secretaria e ao Secretario de Obras a reforma estrutural, Fachada e adequações necessárias do prédio onde_x000D_
 funcionam o Cartório Eleitoral e a Junta de Serviço Militar e POLITEC."</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/539/indicacao_n_141-2025-_selma-_manutencao_da_iluminacao_publica_na_praca_do_distrito_000555.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/539/indicacao_n_141-2025-_selma-_manutencao_da_iluminacao_publica_na_praca_do_distrito_000555.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Municipal Jeovan faria e a Secretaria e ao Secretário de Obras necessárias para a manutenção da iluminação pública existente e a instalação de novos pontos de iluminação na praga do distrito de são José do Couto."</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/540/indicacao_n_142-2025-_selma-_instalacao_d_canaletas_com_grades_escoamento_de_agua_e_esgoto__000554.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/540/indicacao_n_142-2025-_selma-_instalacao_d_canaletas_com_grades_escoamento_de_agua_e_esgoto__000554.pdf</t>
   </si>
   <si>
     <t>"Indica ao Prefeito Municipal Jeovan Faria e ao Secretário de Obras a necessidade de instalação de canaletas com grades para o escoamento de água e esgoto na Rua Flávio Ferreira Lima."</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/541/indicacao_n_143-2025-_selma-_instalacao_de_bebedorou_e_cadeira_na_farmacinha__000553.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/541/indicacao_n_143-2025-_selma-_instalacao_de_bebedorou_e_cadeira_na_farmacinha__000553.pdf</t>
   </si>
   <si>
     <t>"indica ao Prefeito Municipal Jeovan Faria e a Secretaria de Saúde a necessidade a instalação de um bebedouro de água potável e cadeiras tipo longarina  na Farmacinha Popular."</t>
   </si>
   <si>
+    <t>542</t>
+  </si>
+  <si>
+    <t>144</t>
+  </si>
+  <si>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/542/indicacao_n_144-2025-_selma-_ponte_aldeia_boruam_000610.pdf</t>
+  </si>
+  <si>
+    <t>"Indicação ao Prefeito Municipal Jeovan Faria e ao Secretario de Obras a reforma urgente da ponte localizada na Aldeia Boruam, que_x000D_
+serve como ligação principal com a Aldeia Palmeiras.</t>
+  </si>
+  <si>
+    <t>543</t>
+  </si>
+  <si>
+    <t>145</t>
+  </si>
+  <si>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/543/indicacao_n_145-2025-_sergio-_doacao_de_lote_.pdf</t>
+  </si>
+  <si>
+    <t>"indica ao Exmo. Sr. Jeovan Faria Prefeito Municipal a necessidade doação de lote novo loteamento municipal.</t>
+  </si>
+  <si>
+    <t>544</t>
+  </si>
+  <si>
+    <t>146</t>
+  </si>
+  <si>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/544/indicacao_n_146-2025-_sergio-_reforma_quadra_poliesportiva_aldeia_campinas_.pdf</t>
+  </si>
+  <si>
+    <t>"Indica ao Exmo. Sr. Jeovan Faria Prefeito Municipal e Secretaria de educação a necessidade de reforma na quadra poliesportiva da Escola Santo_x000D_
+Antônio - Aldeia Campinas</t>
+  </si>
+  <si>
+    <t>545</t>
+  </si>
+  <si>
+    <t>147</t>
+  </si>
+  <si>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/545/indicacao_n_147-2025-_valto-_semaforo_avenida_flavio_ferreira_lima_000609.pdf</t>
+  </si>
+  <si>
+    <t>"Indica ao Sr. Preteito Municipal Jeovan Faria e ao Secretário de obras instalação de um Semáforo na Avenida Flavio Ferreira Lima com avenida nego carrin em frente Autoposto Rezendão."</t>
+  </si>
+  <si>
+    <t>546</t>
+  </si>
+  <si>
+    <t>148</t>
+  </si>
+  <si>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/546/indicacao_n_148-2025-_valto-_fiscalizacao_moradores_estiverem_joagando_agua_suja_em_vias_publicas_000608.pdf</t>
+  </si>
+  <si>
+    <t>"Indica ao Sr. Preteito Municipal Jeovan Faria que determine ao órgão competente da Administração Pública Municipal, que realize ações de_x000D_
+fiscalização e notificação aos moradores e comerciantes que estiverem jogando água suja em vias públicas, ocasionando maus odores,_x000D_
+proliferação de vetores, acúmulo agua e danos A saúde publica."</t>
+  </si>
+  <si>
+    <t>547</t>
+  </si>
+  <si>
+    <t>150</t>
+  </si>
+  <si>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/547/indicacao_n_150-2025-valto_antonio-_ponte_pateiro.pdf</t>
+  </si>
+  <si>
+    <t>"Indica ao Sr. Prefeito Municipal Jeovan Faria e ao Secretário de obras que sejam tomadas as providências necessárias para a manutenção da ponte localizada na comunidade do Pateiro, situada na propriedade do Senhor Joaquim Pedrosa."</t>
+  </si>
+  <si>
+    <t>548</t>
+  </si>
+  <si>
+    <t>151</t>
+  </si>
+  <si>
+    <t>Valto Alves da Silva (Valto Nica), Antonio Rodrigues</t>
+  </si>
+  <si>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/548/indicacao_n_151-2025-valto_antonio-_manutencao_de_ponte_corrego_da_cachoeira_.pdf</t>
+  </si>
+  <si>
+    <t>"Indica ao Sr. Prefeito Municipal Jeovan Faria e ao Secretário de obras que sejam tomadas as providências necessárias para a manutenção da_x000D_
+ponte localizada no córrego da cachoeira, na propriedade do sr. Robson santana filho Osvaldo Tavino."</t>
+  </si>
+  <si>
+    <t>549</t>
+  </si>
+  <si>
+    <t>152</t>
+  </si>
+  <si>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/549/indicacao_n_152-2025-_joe-_doacao_ambulancia.pdf</t>
+  </si>
+  <si>
+    <t>"Indica ao Exmo. Sr. Carlos Henrique Baqueta Fávaro Ministro de Estado da Agricultura e a Exma. sr' Ana Flávia Rodrigues Ramiro Deputada Federal a_x000D_
+doação de uma Ambulância para atendimento Emergenciais em CampinApolis-MT, a fim de reforçar o atendimento em situações de emergência e_x000D_
+transporte de pacientes.</t>
+  </si>
+  <si>
+    <t>550</t>
+  </si>
+  <si>
+    <t>153</t>
+  </si>
+  <si>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/550/indicacao_n_153-2025-_sergio-_manutencao_cisterna_a_baixo_do_campo_jose_carlos.pdf</t>
+  </si>
+  <si>
+    <t>"Indica ao Exmo. Sr. Jeovan Faria Prefeito Municipal que determine ao setor competente da administração a realização de manutenção e cuidado da cisterna situada abaixo do campo José Carlos, localizado na rua Jose Antônio da Costa.</t>
+  </si>
+  <si>
+    <t>551</t>
+  </si>
+  <si>
+    <t>154</t>
+  </si>
+  <si>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/551/indicacao_n_154-2025-_dionisio-_construcao_ponte_aldeia_enden.pdf</t>
+  </si>
+  <si>
+    <t>"Indica ao Prefeito Sr. Jeovan Faria e ao Secretário de Infraestrutura a Construção de Ponte Aldeia Enden.</t>
+  </si>
+  <si>
+    <t>552</t>
+  </si>
+  <si>
+    <t>155</t>
+  </si>
+  <si>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/552/indicacao_n_155-2025-_birro-_corte_serra_zezim_da_porca_000146.pdf</t>
+  </si>
+  <si>
+    <t>"Indica ao Prefeito Jeovan Faria ao Secretário de Obras a necessidade realização de corte da serra no linhão do "Zezim da_x000D_
+Porca", localizado no P.A. Santa Cruz, bem como o corte da serra no mesmo linhão nas proximidades doCórrego Areões.</t>
+  </si>
+  <si>
+    <t>553</t>
+  </si>
+  <si>
+    <t>156</t>
+  </si>
+  <si>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/553/indicacao_n_156-2025-_birro-_corte_serra_nego_abaete_000145.pdf</t>
+  </si>
+  <si>
+    <t>"Indica ao Prefeito Jeovan Faria ao Secretário de Obras a necessidade intervenção com maquinarios, para realizar um corte na Serra do Senhor Nego_x000D_
+Abaete, situada nas proximidades da fazenda do senhor José Gomes, na estrada sentido ao boteco do senhor Washington.</t>
+  </si>
+  <si>
+    <t>554</t>
+  </si>
+  <si>
+    <t>157</t>
+  </si>
+  <si>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/554/indicacao_n_157-2025-_birro-_corte_serra_herculano__000144.pdf</t>
+  </si>
+  <si>
+    <t>"Indica ao Prefeito Jeovan Faria ao Secretario de Obras a necessidade de realização de serviços de corte, limpeza e manutenção com maquinários na_x000D_
+serra do Senhor Herculano localizada na Estrada Córrego Seco.</t>
+  </si>
+  <si>
+    <t>555</t>
+  </si>
+  <si>
+    <t>158</t>
+  </si>
+  <si>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/555/indicacao_n_158-2025-_birro-_corte_serra_do_eli_000143.pdf</t>
+  </si>
+  <si>
+    <t>"Indica ao Prefeito Jeovan Faria ao Secretário de Obras a necessidade realização de corte e limpeza com maquinários na serra_x000D_
+do Erli localizada nas proximidades da fazenda do senhor Roberto Sanches, tendo em vistaque se trata de uma serra extensa,_x000D_
+íngreme e de difícil acesso.</t>
+  </si>
+  <si>
+    <t>556</t>
+  </si>
+  <si>
+    <t>159</t>
+  </si>
+  <si>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/556/indicacao_n_159-2025-_sula_-_dr_eugenio-_cadeiras_de_rodas_e_andadores_000117.pdf</t>
+  </si>
+  <si>
+    <t>"Indica ao Deputado Estadual Dr. Eugenio a necessidade de doação 50 cadeiras de rodas e 10 andadores para atendimento &amp; população em_x000D_
+situação de vulnerabilidade social e com mobilidade reduzida em nosso município de Campinápolis.</t>
+  </si>
+  <si>
+    <t>557</t>
+  </si>
+  <si>
+    <t>160</t>
+  </si>
+  <si>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/557/indicacao_n_160-2025-_sula-_confraternizacao_final_do_ano_000142.pdf</t>
+  </si>
+  <si>
+    <t>"Indica Prefeito Municipal Jeovan faria a necessidade realizada uma festa de confraternização de final de ano para todos os servidores públicos municipais, como forma de reconhecimento pelo excelente trabalho desempenhado ao longo do ano de 2025.</t>
+  </si>
+  <si>
+    <t>558</t>
+  </si>
+  <si>
+    <t>161</t>
+  </si>
+  <si>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/558/indicacao_n_161-2025-_sula_-_dr._eugenio-_emenda_uti_000119.pdf</t>
+  </si>
+  <si>
+    <t>"Indica ao Deputado Estadual Dr. Eugenio Solicitação de Emenda Parlamentar de 462,690.00 ( Quatrocentos sessenta dois mil e_x000D_
+seiscentos e noventa reais) para implantação de Semi UT! no Hospital Municipal de Campinápolis.</t>
+  </si>
+  <si>
+    <t>559</t>
+  </si>
+  <si>
+    <t>162</t>
+  </si>
+  <si>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/559/indicacao_n_162-2025-_sula_-_nininho-_onibus_000118.pdf</t>
+  </si>
+  <si>
+    <t>"Indica ao Deputado Estadual ONDANIR BORTOLINI "Nininho" Solicitação de doação de um ônibus para apoio As atividades comunitárias_x000D_
+e culturais de Campinápolis.</t>
+  </si>
+  <si>
+    <t>560</t>
+  </si>
+  <si>
+    <t>163</t>
+  </si>
+  <si>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/560/indicacao_n_163-2025-_sula_-_consultorio_odontologico_000121.pdf</t>
+  </si>
+  <si>
+    <t>"Indica ao Prefeito Jeovan Faria e A Secretaria Municipal de Saúde que seja enviado o Consultório Odontológico Móvel ao Clube dos_x000D_
+Idosos, a fim de realizar atendimento odontológico preventivo e curativo, bem como ações de promoção da saúde bucal voltadas aos_x000D_
+idosos atendidos no local.</t>
+  </si>
+  <si>
+    <t>561</t>
+  </si>
+  <si>
+    <t>164</t>
+  </si>
+  <si>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/561/indicacao_n_164-2025-_sergio-_progra_iptu_000141.pdf</t>
+  </si>
+  <si>
+    <t>"Indica ao Prefeito Municipal Jeovan Faria a necessárias de implantação de um Programa de Incentivo à Pontualidade no Pagamento do_x000D_
+IPTU, com previsão de sorteios anuais de prêmios e/ou benefícios fiscais, destinados aos contribuintes que efetuarem o pagamento do_x000D_
+imposto dentro do prazo estabelecido pelo Município.</t>
+  </si>
+  <si>
+    <t>562</t>
+  </si>
+  <si>
+    <t>165</t>
+  </si>
+  <si>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/562/indicacao_n_165-2025-_antonio_e_valto_-_pavimentacao_asfaltica_saida_rancho_amigo_000140.pdf</t>
+  </si>
+  <si>
+    <t>"Indica ao Prefeito Municipal Jeovan Faria e ao Secretario de Obras que sejam realizadas obras de pavimentação asfaltica no trecho que_x000D_
+compreende a saída do Rancho Amigo e Banco Safra até a ponte do Gambira, localizada em frente ao residencial do Ramon.</t>
+  </si>
+  <si>
+    <t>563</t>
+  </si>
+  <si>
+    <t>166</t>
+  </si>
+  <si>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/563/indicacao_n_166-2025-_pedro_-_instalcao_bueiro_000139.pdf</t>
+  </si>
+  <si>
+    <t>"Indica ao Prefeito Jeovan Faria e a Secretário de obras a necessidades de instalação de um bueiro e a construção de ponte no corrégo na aldeia Liderança"</t>
+  </si>
+  <si>
+    <t>564</t>
+  </si>
+  <si>
+    <t>167</t>
+  </si>
+  <si>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/564/indicacao_n_167-2025-_sula_-_senador_jayme_000115.pdf</t>
+  </si>
+  <si>
+    <t>"Indica ao Senador Jayme Campos Solicitação de Emenda Parlamentar de 500,000.00 (Quinhentos Mil reais) que serão destinados ao Custeio_x000D_
+Temporário à Atenção Primária (PAP) de Campinápolis.</t>
+  </si>
+  <si>
+    <t>565</t>
+  </si>
+  <si>
+    <t>168</t>
+  </si>
+  <si>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/565/indicacao_n_168-2025-_sula_-_emenda_wellinton_fagundes_000138.pdf</t>
+  </si>
+  <si>
+    <t>"Indica ao Senador Wellington Fagundes Solicitação de Emenda Parlamentar de 500,000.00 (Quinhentos Mil reais) que serão destinados ao Custeio Temporário à Atenção Primária (PAP) de Campinápolis.</t>
+  </si>
+  <si>
+    <t>566</t>
+  </si>
+  <si>
+    <t>169</t>
+  </si>
+  <si>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/566/indicacao_n_169-2025-_sula_-_isencao_cacamba_000122.pdf</t>
+  </si>
+  <si>
+    <t>"Indica ao Prefeito Municipal Jeovan que seja estudada a possibilidade de conceder isenção aos moradores de baixa renda que necessitam_x000D_
+utilizar as "caçambas de lixo" para o descarte de resíduos volumosos, com o objetivo de manter nossos bairros limpos e evitar a possível_x000D_
+proliferação de dengue, zika e outras doenças..</t>
+  </si>
+  <si>
+    <t>567</t>
+  </si>
+  <si>
+    <t>170</t>
+  </si>
+  <si>
+    <t>"Indica ao Prefeito Municipal Jeovan a_x000D_
+concessão do rateio integral das sobras dos_x000D_
+recursos do FUNDEB - Fundo de_x000D_
+Manutenção e Desenvolvimento da_x000D_
+Educação Básica e de Valorização dos_x000D_
+Profissionais da Educação, referentes ao_x000D_
+exercício financeiro de 2025, destinando a_x000D_
+totalidade do saldo disponível aos_x000D_
+profissionais da educação que fazem jus ao_x000D_
+beneficio, não se limitando ao pagamento de_x000D_
+um "décimo quarto salário", mas garantindo a_x000D_
+distribuição de 100% da sobra, conforme_x000D_
+estabelece a legislação vigente..</t>
+  </si>
+  <si>
+    <t>568</t>
+  </si>
+  <si>
+    <t>171</t>
+  </si>
+  <si>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/568/indicacao_n_171-2025-_ednei_-_protecao_reservatorio_de_agua_municipio_000137.pdf</t>
+  </si>
+  <si>
+    <t>"Indica ao Exmo. Sr.Prefeito Jeovan faria que sejam adotadas medidas para fechar, cercar ou reforçar a proteção dos reservatórios de Agua do_x000D_
+município, de modo a impedir o acesso de pessoas não autorizadas, animais ou qualquer outro agente que possa causar risco de contaminação da_x000D_
+água abastecida da população.</t>
+  </si>
+  <si>
+    <t>569</t>
+  </si>
+  <si>
+    <t>172</t>
+  </si>
+  <si>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/569/indicacao_n_172-2025-_ednei_-_manilha_de_drenagem_000136.pdf</t>
+  </si>
+  <si>
+    <t>"Indica ao Exmo. Sr.Prefeito Jeovan faria e secretario de Obras que seja realizada a colocação de manilha de drenagem e reforço na ponte situada na propriedade da Dona Maria, esposa do Zé Abelo, na divisa com a area do Sr. Célio, considerando que se trata de ponte utilizada como rota forte_x000D_
+do transporte escolar.</t>
+  </si>
+  <si>
+    <t>570</t>
+  </si>
+  <si>
+    <t>173</t>
+  </si>
+  <si>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/570/indicacao_n_173-2025-_sergio-_iluminacao_e_infeitos_natalinos_000135.pdf</t>
+  </si>
+  <si>
+    <t>"Indica ao Prefeito Municipal Jeovan Faria a necessidade realização de preparação de iluminação especial e a colocação de enfeites_x000D_
+natalinos nas ruas, avenidas e praças do município, em razão das festividades de Natal e final do ano.</t>
+  </si>
+  <si>
     <t>492</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/492/requerimento_no01-2025-plenario-_comissoes_permanentes_.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/492/requerimento_no01-2025-plenario-_comissoes_permanentes_.pdf</t>
   </si>
   <si>
     <t>Formação das  COMISSÕES PERMAMENTES PARA_x000D_
 BIÊNIO DE 2025/2026</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/493/requerimento_no02-2025-iolanda-_contratacao_fonoaudiologo_.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/493/requerimento_no02-2025-iolanda-_contratacao_fonoaudiologo_.pdf</t>
   </si>
   <si>
     <t>"Requer ao Prefeito Jeovan Faria a necessidade abrir chamada publica para a contratação dois fonoaudiologia um para saúde e um para Educação do Municipio Campinápolis."</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/494/requerimento_no03-2025-iolanda-_contratacao_neuropsicologo_.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/494/requerimento_no03-2025-iolanda-_contratacao_neuropsicologo_.pdf</t>
   </si>
   <si>
     <t>"Requer ao Prefeito Jeovan Faria a necessidade abrir chamada Publica para para a contratação uma neuropsicóloga ."</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/495/requerimento_no04-2025-plenario-_infoormacao_abastecimento_de_agua_.pdf</t>
+    <t>http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/495/requerimento_no04-2025-plenario-_infoormacao_abastecimento_de_agua_.pdf</t>
   </si>
   <si>
     <t>"Req er ao Pre eito Municipal Jeovan Faria informações referentes ao repasse do Governo Federal do recurso destinado a melhoria no abastecimento de_x000D_
 água"</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -2259,68 +2646,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/394/indicacao_n_02-2025-_pedro_paulo-_contratacao_guardas_escolas_indigenas.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/395/indicacao_n_03-2025-_pedro_paulo-_emenda_construcao_de_duas_pontes_de_concreto.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/397/indicacao_n_05-2025-_dionisio-_reforma_ponte_aldeia_tela_vive_.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/398/indicacao_n_06-2025-_antonico-_casa_de_apoio_em_barretos.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/399/indicacao_n_07-2025-_joe-_compra_gerador_aberto_hospital.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/400/indicacao_n_08-2025-_sergio-_internet_gratuita_escolas_indigenas_.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/401/indicacao_n_09-2025-_sergio-_construcao_pista_de_caminhada_e_ciclovia.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/402/indicacao_n_10-2025-_celiomar-_implantacao_extensao_da_rede_eletrica_na_ruaa_goias__proximo_campileite.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/403/indicacao_n_11-2025-_celiomar-_drenagem_da_rua_anastacio_feliciano_alves.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/404/indicacao_n_12-2025-_sergio-_construcao_de_cail_e_gatil_.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/405/indicacao_n_13-2025-_sergio-_construcao_de_escolas_municipais_e_quadras_aldeias_bom_jesus_da_lapa_santa_benedita_e_imaculada_conceicao_.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/406/indicacao_n_14-2025-valto-_manutencao_e_subistituicao_todas_as_lampas_queimadas_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/407/indicacao_n_15-2025-_valto-reforma_terminal_rodoviario.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/408/indicacao_n_16-2025-_valto-_construcao_rotatorias.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/409/indicacao_n_17-2025-_plenario-_atendimento_periodo_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/411/indicacao_n_19-2025-_selma-_um_guarda_cuidar_praca_central.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/412/indicacao_n_20-2025-_selma-_refroma_e_pintura_da_feira.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/413/indicacao_n_21-2025-_iolanda-_sinalizacao_de_transito_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/414/indicacao_n_22-2025-_iolanda-__reforma_escola_carinho_e_ternura.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/415/indicacao_n_23-2025-_iolanda-_reforma_escola_anastaico_feliciano.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/416/indicacao_n_24-2025-_iolanda-_implantacao_de_academias_ao_ar_livre_assentamentos.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/417/indicacao_n_25-2025-_joe-_construcao_psf_santa_celia_reforma_psf_santa_idelfosnso_e_3s.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/418/indicacao_n_26-2025-_joe-_implantacao_placar_eletronico.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/419/indicacao_n_27-2025-_sergio-_reforma_praca_em_torno_igreja_catolica.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/420/indicacao_n_28-2025-_sergio-_retirada_de_redutor_velocidade.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/421/indicacao_n_29-2025-_raquel-_medicos_realize_consultas_eletivas.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/422/indicacao_n_30-2025-_raquel-_dginicologislata_implantacao_de_diu.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/423/indicacao_n_31-2025-_raquel-__medico_cardiologista.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/424/indicacao_n_32-2025-_celiomar-_guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/425/indicacao_n_33-2025-_ednei_e_pedro-_canalizacao_corrego_distrito_sao_jose_couto.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/426/indicacao_n_34-2025-_ednei-contratacao_medico_utrasonografista.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/427/indicacao_n_34-2025-_ednei-contratacao_medico_utrasonografista.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/428/indicacao_n_36-2025-_ednei-_transporte_aos_pacientes_da_fisioterapia.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/429/indicacao_n_37-2025-_toninho-__casa_de_acolhimento_para_os_idosos.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/430/indicacao_n_38-2025-_selma-__instalacao_telefone_no_hospital_municipal.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/431/indicacao_n_39-2025-_pedro_valto-_casa_de_apoio_indugena.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/432/indicacao_n_40-2025-_pedro_edney-_implantacao_de_instituicao_de_ensimo_superior.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/433/indicacao_n_41-2025-_raquel-_contratacao_medico_pediatra.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/434/indicacao_n_42-2025-_plenario-_construcao_de_rotatoria_br-158_e_br-110.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/435/indicacao_n_43-2025-_sergio-_daquisicao_caminhao_munck.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/436/indicacao_n_44-2025-_selma-_const_ponte_concreto_cachoeira.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/437/indicacao_n_45-2025-_selma-_reforma_psf2.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/438/indicacao_n_46-2025-_selma-_d_contratacao_medico_e_dentista.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/439/indicacao_n_47-2025-_toninho_e_valto-_doacao_trator_associacao_da_santa_celia.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/440/indicacao_n_48-2025-_iolanda-_ampliacao_numero_de_salas_de_aulas_nas_creches.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/441/indicacao_n_49-2025-_iolanda-_construcao_unidade_de_saude_basica_psf.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/442/indicacao_n_50-2025-_joe-_const._quadra_areia_distrito_sao_jose_couto.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/443/indicacao_n_51-2025-joe-_tabela_de_basquete_distrito_sao_jose_couto.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/444/indicacao_n_52-2025-joe-_reforma_e_ampliacao_escola_do_distrito_sao_jose_couto.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/445/indicacao_n_53-2025-selma-_compra_aparelho_de_raio_x_odontologico_.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/446/indicacao_n_54-2025-selma-__contratacao_agente_comunitaro_de_saude_para_serra_verde_.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/447/indicacao_n_55-2025-raquel-_manutencao_sanitaria_escola_distrito_sao_jose_couto_.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/448/indicacao_n_56-2025-selma-__calcada_de_acessibilidade_psfi_.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/449/indicacao_n_57-2025-_joe-_ccriacao_de_um_programa_de_inccentivo_ao_esporte.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/450/indicacao_n_58-2025-_dionisio_-_reforma_a_escola_municipal_aldeia_sucuri.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/451/indicacao_n_59-2025-dionisio-_construcao_ponte_aldeia_sucuri_e_mato_grosso_.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/452/indicacao_n_60-2025-celiomar_-_const_creche_municipal_no_distrito_sao_jose_couto__.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/453/indicacao_n_61-2025-sergio-_retomada_servico_de_drenagem_de_aguas_pluviais_na_rua_joao_ataulfo_.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/454/indicacao_n_62-2025-selma-_transporte_escolar_criancas_da_aldeia_santo_antonio_.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/455/indicacao_n_63-2025-valto-_const_quadra_areia_no_assentamento_pa_santa_celia_.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/456/indicacao_n_64-2025-valto-_manutencao_da_iluminacao_da_praca_central_.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/457/indicacao_n_65-2025-_antonio-_implantacao_de_lago_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/458/indicacao_n_66-2025-antonio-_asfaltaro_parque_de_exposicao_nasir_.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/459/indicacao_n_67-2025-joe-_const._ponte_corrego_do_meio_no_distrito_sao_jose_couto_.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/460/indicacao_n_68-2025-pedro-_realizar_limpeza_dos_bueiros_.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/461/indicacao_n_69-2025-pedro-_patrolamento_e_cascalhamentos_principais_aldeias_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/462/indicacao_n_70-2025-_pedro_-_reforma_nas_pontes_aldeias_caompnaschao_preto_santa_cruz_novo_paraiso.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/463/indicacao_n_71-2025-sergio-_revitalizacao_praca_da_biblia_.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/464/indicacao_n_72-2025-valto-_patrolamento_da_estrada_vai_para_aldeia_sao_felipe.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/465/indicacao_n_73_-2025-valto-_limpeza_e_manutencao_pista_motocross.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/466/indicacao_n_74-2025-_pavimentacao_asfaltica_pista_de_pouso_e_decolagem_no_aeroporto.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/467/indicacao_n_75-2025-_antonio-_pavimentacao_asfaltica_rua_travessa_vanderlei_vieiras.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/468/indicacao_n_76-2025-_antonio-_operacao_tapa_burraco_rua_alagoas.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/469/indicacao_n_77_-2025-antonio-_pavimentacao_rua_rio_grande_do_norte_.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/470/indicacao_n_78_-2025-antonio-_pavimentacao_asfaltica_rua_goias_perto_cras.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/471/indicacao_n_79_-2025-ednei-_unidade_saude_basica_assentamento_banco_terra.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/472/indicacao_n_80_-2025-ednei-_ponte_corrego_do_butiranga.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/473/indicacao_n_81_-2025-ednei-_aterro_e_bueiros_3s_.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/474/indicacao_n_82_-2025-iolanda-_instacao_de_cobertura_em_todos_pontos_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/475/indicacao_n_83_-2025-iolanda-_motorista_para_ambulancia_que_atende_distrito_de_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/476/indicacao_n_84_-2025-acs_e_v-_emenda_aparelho_de_mamografia.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/477/indicacao_n_85_-2025-acsv-_emenda_parlamentar_compra_caixa_de_agua.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/478/indicacao_n_86-2025-plenario-_motorista_para_distrito_.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/479/indicacao_n_87_-2025-sergio-_brasil_sorridente.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/480/indicacao_n_88-2025-_dionisio_-_const_ponte_aldeia_barreira_000460.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/481/indicacao_n_89-2025-_dionisio_-_3_pontes_aldeia_estrela_000459.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/482/indicacao_n_90-2025-_antonio_-_murro_em__tornodo_cemiterio_do_distrito_000458.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/483/indicacao_n_91-2025-_valto_-_acoes_de_combate_a_dengue_000457.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/484/indicacao_n_92-2025-_iolanda_-_fornecimento_de_agua_mineral_nas_creches_000456.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/485/indicacao_n_93-2025-_ednei_-_fornecer_alimentacao_aospacientes_e_acompanhante_000455.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/486/indicacao_n_94_-2025-_pedro-_contratacao__interprete_indigena_para_hospital_e_postinho_000454.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/487/indicacao_n_95_-2025-_pedro-_fornecimento_produto_limpeza_e_merenda_escolar_nas_escolas_indigenas_000453.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/488/indicacao_n_96_-2025-_pedro-_perfuracao_de_um_poco_artesiano_na_aldeia_campos_000452.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/489/indicacao_n_97_-2025-_sergio-_const_mirante_turistico_000451.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/490/indicacao_n_98_-2025-antonio_valto-_emenda_emanuel_pinheiro_patrulha_agricula_000450.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/491/indicacao_n_99_-2025-pedro-_const_escola_aldeia_chao_preto_000449.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/498/indicacao_n_100-2025-_raquel-_parceria_municipios_realizar_cirurigia_bariatricas.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/499/indicacao_n_101-2025-_raquel-_max_-circulaacao_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/500/indicacao_n_102-2025-_dionisio-_reforma_ponte_parabuburi.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/501/indicacao_n_103-2025-_selma-_contratar_professor_de_zumba.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/502/indicacao_n_104-2025-_selma-_rampa_de_acessibilidade_na_entrada_psf_1.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/503/indicacao_n_105-2025-_sergio-_reforma_regiao_gameleira.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/504/indicacao_n_106-2025-_selma-_manutencao_aparelho_de_ar_nas_unidades_basicas_de_saude.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/506/indicacao_n_108-2025-_selma-_aquisicao_e_substituicao_de_moveis_e_equipamentos_paras_unidades_de_saude_basica.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/507/indicacao_n_109-2025-_selma-iluminacao_publica_inicio_do_municipio_.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/508/indicacao_n_110-2025-selma-_const_de_sala_anexa_escola_do_distrito_para_funcionar_como_creche.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/509/indicacao_n_111-2025-_birro_e_sula-_pavimentacao_asfaltica_rua_vila_da_palha_e_demais_ruas_do_distrito.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/510/indicacao_n_112-2025-_birro_e_sula-_istalcao_bebedouro_psf_do_distrito.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/511/indicacao_n_113-2025-_birro_e_sula-_construcao_reservatorio_de_abastecimento_de_agua_no_distrito.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/512/indicacao_n_114-2025-_toninho-pavimentacao_asfaltica_rua_antonio_bispo_rosa_.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/513/indicacao_n_115-2025-_joe_e_selma_-_uti_movel_.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/514/indicacao_n_116-2025-_senador_welliton-_castamovel.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/515/indicacao_n_117-2025-_sergio-instacao_de_energia_solar.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/516/indicacao_n_118-2025-_birro-_regularizacao_funidarias.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/517/indicacao_n_119-2025-_pedro-_bueiros_no_corrego_matrincha_.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/518/indicacao_n_120-2025-_pedro-_instalacao_de_iluminacao_publica_nas_aldeias.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/519/indicacao_n_121-2025-pedro-_reforma_escola_indigena_campinas.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/520/indicacao_n_122-2025-_valto-_const_praca_entrada_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/521/indicacao_n_123-2025-_raquel-_criacao_unidade_de_corpo_de_bombeiro.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/522/indicacao_n_124-2025-_selma-_cobertura_refeitorio_da_creche.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/524/indicacao_n_126-2025-_iolanda_-_perfuracao_poco_artesiano_no_assentamento_santa_idelfonso_000569.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/525/indicacao_n_127-2025-_ednei_-_const_escola_madre_laura_000568.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/526/indicacao_n_128-2025-_joe_-_van_ubs_atender_zona_rural_000567.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/527/indicacao_n_129-2025-_iolanda_-_inst_parquinho_infantil_e_academia_ao_ar_livre_distrito_000566.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/528/indicacao_n_130-2025-_sergio_-_const_escola_municipal_na_aldeia_palmeira_000565.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/529/indicacao_n_131-2025-_sergio_-_const_escola_municipal_na_aldeia_emaculada_conceicao_000564.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/530/indicacao_n_132-2025-_sergio_-_const_escola_municipal_na_aldeia_bom_jesus_da_lapa_000563.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/531/indicacao_n_133-2025-_pedro_-_realizacao_de_campeonato_nas_aldeias_000562.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/532/indicacao_n_134-2025-_antonio_e_valto_-_terreno_para_construcao_de_ubs_000561.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/533/indicacao_n_135-2025-_iolanda_-_instacao_balanca_para_bebes_no_distrito_000560.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/534/indicacao_n_136-2025-_sergio-_fornecer_uniforme_alunos_da_rede_municipal_000559.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/535/indicacao_n_137-2025-_sergio_-_estrada_pa_santa_idelfonso.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/536/indicacao_n_138-2025-_raquel-const_lar_de_idosos_000558.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/537/indicacao_n_139-2025-_joe-_const_casa_de_eventos_000557.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/538/indicacao_n_140-2025-_selma-_reforma_cartorio_eleitoral_e_junta_de_servuco_militar_e_politec_000556.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/539/indicacao_n_141-2025-_selma-_manutencao_da_iluminacao_publica_na_praca_do_distrito_000555.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/540/indicacao_n_142-2025-_selma-_instalacao_d_canaletas_com_grades_escoamento_de_agua_e_esgoto__000554.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/541/indicacao_n_143-2025-_selma-_instalacao_de_bebedorou_e_cadeira_na_farmacinha__000553.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/492/requerimento_no01-2025-plenario-_comissoes_permanentes_.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/493/requerimento_no02-2025-iolanda-_contratacao_fonoaudiologo_.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/494/requerimento_no03-2025-iolanda-_contratacao_neuropsicologo_.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/495/requerimento_no04-2025-plenario-_infoormacao_abastecimento_de_agua_.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/394/indicacao_n_02-2025-_pedro_paulo-_contratacao_guardas_escolas_indigenas.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/395/indicacao_n_03-2025-_pedro_paulo-_emenda_construcao_de_duas_pontes_de_concreto.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/397/indicacao_n_05-2025-_dionisio-_reforma_ponte_aldeia_tela_vive_.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/398/indicacao_n_06-2025-_antonico-_casa_de_apoio_em_barretos.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/399/indicacao_n_07-2025-_joe-_compra_gerador_aberto_hospital.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/400/indicacao_n_08-2025-_sergio-_internet_gratuita_escolas_indigenas_.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/401/indicacao_n_09-2025-_sergio-_construcao_pista_de_caminhada_e_ciclovia.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/402/indicacao_n_10-2025-_celiomar-_implantacao_extensao_da_rede_eletrica_na_ruaa_goias__proximo_campileite.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/403/indicacao_n_11-2025-_celiomar-_drenagem_da_rua_anastacio_feliciano_alves.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/404/indicacao_n_12-2025-_sergio-_construcao_de_cail_e_gatil_.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/405/indicacao_n_13-2025-_sergio-_construcao_de_escolas_municipais_e_quadras_aldeias_bom_jesus_da_lapa_santa_benedita_e_imaculada_conceicao_.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/406/indicacao_n_14-2025-valto-_manutencao_e_subistituicao_todas_as_lampas_queimadas_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/407/indicacao_n_15-2025-_valto-reforma_terminal_rodoviario.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/408/indicacao_n_16-2025-_valto-_construcao_rotatorias.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/409/indicacao_n_17-2025-_plenario-_atendimento_periodo_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/411/indicacao_n_19-2025-_selma-_um_guarda_cuidar_praca_central.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/412/indicacao_n_20-2025-_selma-_refroma_e_pintura_da_feira.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/413/indicacao_n_21-2025-_iolanda-_sinalizacao_de_transito_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/414/indicacao_n_22-2025-_iolanda-__reforma_escola_carinho_e_ternura.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/415/indicacao_n_23-2025-_iolanda-_reforma_escola_anastaico_feliciano.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/416/indicacao_n_24-2025-_iolanda-_implantacao_de_academias_ao_ar_livre_assentamentos.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/417/indicacao_n_25-2025-_joe-_construcao_psf_santa_celia_reforma_psf_santa_idelfosnso_e_3s.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/418/indicacao_n_26-2025-_joe-_implantacao_placar_eletronico.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/419/indicacao_n_27-2025-_sergio-_reforma_praca_em_torno_igreja_catolica.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/420/indicacao_n_28-2025-_sergio-_retirada_de_redutor_velocidade.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/421/indicacao_n_29-2025-_raquel-_medicos_realize_consultas_eletivas.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/422/indicacao_n_30-2025-_raquel-_dginicologislata_implantacao_de_diu.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/423/indicacao_n_31-2025-_raquel-__medico_cardiologista.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/424/indicacao_n_32-2025-_celiomar-_guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/425/indicacao_n_33-2025-_ednei_e_pedro-_canalizacao_corrego_distrito_sao_jose_couto.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/426/indicacao_n_34-2025-_ednei-contratacao_medico_utrasonografista.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/427/indicacao_n_34-2025-_ednei-contratacao_medico_utrasonografista.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/428/indicacao_n_36-2025-_ednei-_transporte_aos_pacientes_da_fisioterapia.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/429/indicacao_n_37-2025-_toninho-__casa_de_acolhimento_para_os_idosos.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/430/indicacao_n_38-2025-_selma-__instalacao_telefone_no_hospital_municipal.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/431/indicacao_n_39-2025-_pedro_valto-_casa_de_apoio_indugena.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/432/indicacao_n_40-2025-_pedro_edney-_implantacao_de_instituicao_de_ensimo_superior.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/433/indicacao_n_41-2025-_raquel-_contratacao_medico_pediatra.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/434/indicacao_n_42-2025-_plenario-_construcao_de_rotatoria_br-158_e_br-110.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/435/indicacao_n_43-2025-_sergio-_daquisicao_caminhao_munck.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/436/indicacao_n_44-2025-_selma-_const_ponte_concreto_cachoeira.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/437/indicacao_n_45-2025-_selma-_reforma_psf2.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/438/indicacao_n_46-2025-_selma-_d_contratacao_medico_e_dentista.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/439/indicacao_n_47-2025-_toninho_e_valto-_doacao_trator_associacao_da_santa_celia.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/440/indicacao_n_48-2025-_iolanda-_ampliacao_numero_de_salas_de_aulas_nas_creches.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/441/indicacao_n_49-2025-_iolanda-_construcao_unidade_de_saude_basica_psf.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/442/indicacao_n_50-2025-_joe-_const._quadra_areia_distrito_sao_jose_couto.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/443/indicacao_n_51-2025-joe-_tabela_de_basquete_distrito_sao_jose_couto.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/444/indicacao_n_52-2025-joe-_reforma_e_ampliacao_escola_do_distrito_sao_jose_couto.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/445/indicacao_n_53-2025-selma-_compra_aparelho_de_raio_x_odontologico_.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/446/indicacao_n_54-2025-selma-__contratacao_agente_comunitaro_de_saude_para_serra_verde_.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/447/indicacao_n_55-2025-raquel-_manutencao_sanitaria_escola_distrito_sao_jose_couto_.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/448/indicacao_n_56-2025-selma-__calcada_de_acessibilidade_psfi_.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/449/indicacao_n_57-2025-_joe-_ccriacao_de_um_programa_de_inccentivo_ao_esporte.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/450/indicacao_n_58-2025-_dionisio_-_reforma_a_escola_municipal_aldeia_sucuri.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/451/indicacao_n_59-2025-dionisio-_construcao_ponte_aldeia_sucuri_e_mato_grosso_.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/452/indicacao_n_60-2025-celiomar_-_const_creche_municipal_no_distrito_sao_jose_couto__.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/453/indicacao_n_61-2025-sergio-_retomada_servico_de_drenagem_de_aguas_pluviais_na_rua_joao_ataulfo_.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/454/indicacao_n_62-2025-selma-_transporte_escolar_criancas_da_aldeia_santo_antonio_.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/455/indicacao_n_63-2025-valto-_const_quadra_areia_no_assentamento_pa_santa_celia_.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/456/indicacao_n_64-2025-valto-_manutencao_da_iluminacao_da_praca_central_.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/457/indicacao_n_65-2025-_antonio-_implantacao_de_lago_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/458/indicacao_n_66-2025-antonio-_asfaltaro_parque_de_exposicao_nasir_.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/459/indicacao_n_67-2025-joe-_const._ponte_corrego_do_meio_no_distrito_sao_jose_couto_.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/460/indicacao_n_68-2025-pedro-_realizar_limpeza_dos_bueiros_.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/461/indicacao_n_69-2025-pedro-_patrolamento_e_cascalhamentos_principais_aldeias_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/462/indicacao_n_70-2025-_pedro_-_reforma_nas_pontes_aldeias_caompnaschao_preto_santa_cruz_novo_paraiso.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/463/indicacao_n_71-2025-sergio-_revitalizacao_praca_da_biblia_.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/464/indicacao_n_72-2025-valto-_patrolamento_da_estrada_vai_para_aldeia_sao_felipe.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/465/indicacao_n_73_-2025-valto-_limpeza_e_manutencao_pista_motocross.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/466/indicacao_n_74-2025-_pavimentacao_asfaltica_pista_de_pouso_e_decolagem_no_aeroporto.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/467/indicacao_n_75-2025-_antonio-_pavimentacao_asfaltica_rua_travessa_vanderlei_vieiras.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/468/indicacao_n_76-2025-_antonio-_operacao_tapa_burraco_rua_alagoas.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/469/indicacao_n_77_-2025-antonio-_pavimentacao_rua_rio_grande_do_norte_.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/470/indicacao_n_78_-2025-antonio-_pavimentacao_asfaltica_rua_goias_perto_cras.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/471/indicacao_n_79_-2025-ednei-_unidade_saude_basica_assentamento_banco_terra.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/472/indicacao_n_80_-2025-ednei-_ponte_corrego_do_butiranga.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/473/indicacao_n_81_-2025-ednei-_aterro_e_bueiros_3s_.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/474/indicacao_n_82_-2025-iolanda-_instacao_de_cobertura_em_todos_pontos_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/475/indicacao_n_83_-2025-iolanda-_motorista_para_ambulancia_que_atende_distrito_de_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/476/indicacao_n_84_-2025-acs_e_v-_emenda_aparelho_de_mamografia.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/477/indicacao_n_85_-2025-acsv-_emenda_parlamentar_compra_caixa_de_agua.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/478/indicacao_n_86-2025-plenario-_motorista_para_distrito_.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/479/indicacao_n_87_-2025-sergio-_brasil_sorridente.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/480/indicacao_n_88-2025-_dionisio_-_const_ponte_aldeia_barreira_000460.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/481/indicacao_n_89-2025-_dionisio_-_3_pontes_aldeia_estrela_000459.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/482/indicacao_n_90-2025-_antonio_-_murro_em__tornodo_cemiterio_do_distrito_000458.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/483/indicacao_n_91-2025-_valto_-_acoes_de_combate_a_dengue_000457.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/484/indicacao_n_92-2025-_iolanda_-_fornecimento_de_agua_mineral_nas_creches_000456.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/485/indicacao_n_93-2025-_ednei_-_fornecer_alimentacao_aospacientes_e_acompanhante_000455.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/486/indicacao_n_94_-2025-_pedro-_contratacao__interprete_indigena_para_hospital_e_postinho_000454.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/487/indicacao_n_95_-2025-_pedro-_fornecimento_produto_limpeza_e_merenda_escolar_nas_escolas_indigenas_000453.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/488/indicacao_n_96_-2025-_pedro-_perfuracao_de_um_poco_artesiano_na_aldeia_campos_000452.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/489/indicacao_n_97_-2025-_sergio-_const_mirante_turistico_000451.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/490/indicacao_n_98_-2025-antonio_valto-_emenda_emanuel_pinheiro_patrulha_agricula_000450.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/491/indicacao_n_99_-2025-pedro-_const_escola_aldeia_chao_preto_000449.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/498/indicacao_n_100-2025-_raquel-_parceria_municipios_realizar_cirurigia_bariatricas.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/499/indicacao_n_101-2025-_raquel-_max_-circulaacao_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/500/indicacao_n_102-2025-_dionisio-_reforma_ponte_parabuburi.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/501/indicacao_n_103-2025-_selma-_contratar_professor_de_zumba.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/502/indicacao_n_104-2025-_selma-_rampa_de_acessibilidade_na_entrada_psf_1.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/503/indicacao_n_105-2025-_sergio-_reforma_regiao_gameleira.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/504/indicacao_n_106-2025-_selma-_manutencao_aparelho_de_ar_nas_unidades_basicas_de_saude.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/506/indicacao_n_108-2025-_selma-_aquisicao_e_substituicao_de_moveis_e_equipamentos_paras_unidades_de_saude_basica.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/507/indicacao_n_109-2025-_selma-iluminacao_publica_inicio_do_municipio_.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/508/indicacao_n_110-2025-selma-_const_de_sala_anexa_escola_do_distrito_para_funcionar_como_creche.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/509/indicacao_n_111-2025-_birro_e_sula-_pavimentacao_asfaltica_rua_vila_da_palha_e_demais_ruas_do_distrito.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/510/indicacao_n_112-2025-_birro_e_sula-_istalcao_bebedouro_psf_do_distrito.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/511/indicacao_n_113-2025-_birro_e_sula-_construcao_reservatorio_de_abastecimento_de_agua_no_distrito.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/512/indicacao_n_114-2025-_toninho-pavimentacao_asfaltica_rua_antonio_bispo_rosa_.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/513/indicacao_n_115-2025-_joe_e_selma_-_uti_movel_.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/514/indicacao_n_116-2025-_senador_welliton-_castamovel.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/515/indicacao_n_117-2025-_sergio-instacao_de_energia_solar.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/516/indicacao_n_118-2025-_birro-_regularizacao_funidarias.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/517/indicacao_n_119-2025-_pedro-_bueiros_no_corrego_matrincha_.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/518/indicacao_n_120-2025-_pedro-_instalacao_de_iluminacao_publica_nas_aldeias.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/519/indicacao_n_121-2025-pedro-_reforma_escola_indigena_campinas.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/520/indicacao_n_122-2025-_valto-_const_praca_entrada_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/521/indicacao_n_123-2025-_raquel-_criacao_unidade_de_corpo_de_bombeiro.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/522/indicacao_n_124-2025-_selma-_cobertura_refeitorio_da_creche.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/524/indicacao_n_126-2025-_iolanda_-_perfuracao_poco_artesiano_no_assentamento_santa_idelfonso_000569.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/525/indicacao_n_127-2025-_ednei_-_const_escola_madre_laura_000568.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/526/indicacao_n_128-2025-_joe_-_van_ubs_atender_zona_rural_000567.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/527/indicacao_n_129-2025-_iolanda_-_inst_parquinho_infantil_e_academia_ao_ar_livre_distrito_000566.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/528/indicacao_n_130-2025-_sergio_-_const_escola_municipal_na_aldeia_palmeira_000565.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/529/indicacao_n_131-2025-_sergio_-_const_escola_municipal_na_aldeia_emaculada_conceicao_000564.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/530/indicacao_n_132-2025-_sergio_-_const_escola_municipal_na_aldeia_bom_jesus_da_lapa_000563.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/531/indicacao_n_133-2025-_pedro_-_realizacao_de_campeonato_nas_aldeias_000562.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/532/indicacao_n_134-2025-_antonio_e_valto_-_terreno_para_construcao_de_ubs_000561.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/533/indicacao_n_135-2025-_iolanda_-_instacao_balanca_para_bebes_no_distrito_000560.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/534/indicacao_n_136-2025-_sergio-_fornecer_uniforme_alunos_da_rede_municipal_000559.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/535/indicacao_n_137-2025-_sergio_-_estrada_pa_santa_idelfonso.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/536/indicacao_n_138-2025-_raquel-const_lar_de_idosos_000558.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/537/indicacao_n_139-2025-_joe-_const_casa_de_eventos_000557.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/538/indicacao_n_140-2025-_selma-_reforma_cartorio_eleitoral_e_junta_de_servuco_militar_e_politec_000556.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/539/indicacao_n_141-2025-_selma-_manutencao_da_iluminacao_publica_na_praca_do_distrito_000555.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/540/indicacao_n_142-2025-_selma-_instalacao_d_canaletas_com_grades_escoamento_de_agua_e_esgoto__000554.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/541/indicacao_n_143-2025-_selma-_instalacao_de_bebedorou_e_cadeira_na_farmacinha__000553.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/542/indicacao_n_144-2025-_selma-_ponte_aldeia_boruam_000610.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/543/indicacao_n_145-2025-_sergio-_doacao_de_lote_.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/544/indicacao_n_146-2025-_sergio-_reforma_quadra_poliesportiva_aldeia_campinas_.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/545/indicacao_n_147-2025-_valto-_semaforo_avenida_flavio_ferreira_lima_000609.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/546/indicacao_n_148-2025-_valto-_fiscalizacao_moradores_estiverem_joagando_agua_suja_em_vias_publicas_000608.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/547/indicacao_n_150-2025-valto_antonio-_ponte_pateiro.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/548/indicacao_n_151-2025-valto_antonio-_manutencao_de_ponte_corrego_da_cachoeira_.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/549/indicacao_n_152-2025-_joe-_doacao_ambulancia.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/550/indicacao_n_153-2025-_sergio-_manutencao_cisterna_a_baixo_do_campo_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/551/indicacao_n_154-2025-_dionisio-_construcao_ponte_aldeia_enden.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/552/indicacao_n_155-2025-_birro-_corte_serra_zezim_da_porca_000146.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/553/indicacao_n_156-2025-_birro-_corte_serra_nego_abaete_000145.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/554/indicacao_n_157-2025-_birro-_corte_serra_herculano__000144.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/555/indicacao_n_158-2025-_birro-_corte_serra_do_eli_000143.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/556/indicacao_n_159-2025-_sula_-_dr_eugenio-_cadeiras_de_rodas_e_andadores_000117.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/557/indicacao_n_160-2025-_sula-_confraternizacao_final_do_ano_000142.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/558/indicacao_n_161-2025-_sula_-_dr._eugenio-_emenda_uti_000119.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/559/indicacao_n_162-2025-_sula_-_nininho-_onibus_000118.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/560/indicacao_n_163-2025-_sula_-_consultorio_odontologico_000121.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/561/indicacao_n_164-2025-_sergio-_progra_iptu_000141.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/562/indicacao_n_165-2025-_antonio_e_valto_-_pavimentacao_asfaltica_saida_rancho_amigo_000140.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/563/indicacao_n_166-2025-_pedro_-_instalcao_bueiro_000139.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/564/indicacao_n_167-2025-_sula_-_senador_jayme_000115.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/565/indicacao_n_168-2025-_sula_-_emenda_wellinton_fagundes_000138.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/566/indicacao_n_169-2025-_sula_-_isencao_cacamba_000122.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/568/indicacao_n_171-2025-_ednei_-_protecao_reservatorio_de_agua_municipio_000137.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/569/indicacao_n_172-2025-_ednei_-_manilha_de_drenagem_000136.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/570/indicacao_n_173-2025-_sergio-_iluminacao_e_infeitos_natalinos_000135.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/492/requerimento_no01-2025-plenario-_comissoes_permanentes_.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/493/requerimento_no02-2025-iolanda-_contratacao_fonoaudiologo_.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/494/requerimento_no03-2025-iolanda-_contratacao_neuropsicologo_.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinapolis.mt.leg.br/media/sapl/public/materialegislativa/2025/495/requerimento_no04-2025-plenario-_infoormacao_abastecimento_de_agua_.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H148"/>
+  <dimension ref="A1:H177"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="76.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="210.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="209.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -6014,138 +6401,889 @@
       </c>
       <c r="D144" t="s">
         <v>18</v>
       </c>
       <c r="E144" t="s">
         <v>19</v>
       </c>
       <c r="F144" t="s">
         <v>89</v>
       </c>
       <c r="G144" s="1" t="s">
         <v>594</v>
       </c>
       <c r="H144" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
         <v>596</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>10</v>
+        <v>597</v>
       </c>
       <c r="D145" t="s">
-        <v>597</v>
+        <v>18</v>
       </c>
       <c r="E145" t="s">
+        <v>19</v>
+      </c>
+      <c r="F145" t="s">
+        <v>89</v>
+      </c>
+      <c r="G145" s="1" t="s">
         <v>598</v>
       </c>
-      <c r="G145" s="1" t="s">
+      <c r="H145" t="s">
         <v>599</v>
-      </c>
-[...1 lines deleted...]
-        <v>600</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
+        <v>600</v>
+      </c>
+      <c r="B146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" t="s">
         <v>601</v>
       </c>
-      <c r="B146" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D146" t="s">
-        <v>597</v>
+        <v>18</v>
       </c>
       <c r="E146" t="s">
-        <v>598</v>
+        <v>19</v>
       </c>
       <c r="F146" t="s">
-        <v>101</v>
+        <v>46</v>
       </c>
       <c r="G146" s="1" t="s">
         <v>602</v>
       </c>
       <c r="H146" t="s">
         <v>603</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
         <v>604</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>23</v>
+        <v>605</v>
       </c>
       <c r="D147" t="s">
-        <v>597</v>
+        <v>18</v>
       </c>
       <c r="E147" t="s">
-        <v>598</v>
+        <v>19</v>
       </c>
       <c r="F147" t="s">
-        <v>101</v>
+        <v>46</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="H147" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
+        <v>609</v>
+      </c>
+      <c r="D148" t="s">
+        <v>18</v>
+      </c>
+      <c r="E148" t="s">
+        <v>19</v>
+      </c>
+      <c r="F148" t="s">
+        <v>72</v>
+      </c>
+      <c r="G148" s="1" t="s">
+        <v>610</v>
+      </c>
+      <c r="H148" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="149" spans="1:8">
+      <c r="A149" t="s">
+        <v>612</v>
+      </c>
+      <c r="B149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C149" t="s">
+        <v>613</v>
+      </c>
+      <c r="D149" t="s">
+        <v>18</v>
+      </c>
+      <c r="E149" t="s">
+        <v>19</v>
+      </c>
+      <c r="F149" t="s">
+        <v>72</v>
+      </c>
+      <c r="G149" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="H149" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8">
+      <c r="A150" t="s">
+        <v>616</v>
+      </c>
+      <c r="B150" t="s">
+        <v>9</v>
+      </c>
+      <c r="C150" t="s">
+        <v>617</v>
+      </c>
+      <c r="D150" t="s">
+        <v>18</v>
+      </c>
+      <c r="E150" t="s">
+        <v>19</v>
+      </c>
+      <c r="F150" t="s">
+        <v>72</v>
+      </c>
+      <c r="G150" s="1" t="s">
+        <v>618</v>
+      </c>
+      <c r="H150" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8">
+      <c r="A151" t="s">
+        <v>620</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
+        <v>621</v>
+      </c>
+      <c r="D151" t="s">
+        <v>18</v>
+      </c>
+      <c r="E151" t="s">
+        <v>19</v>
+      </c>
+      <c r="F151" t="s">
+        <v>622</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>623</v>
+      </c>
+      <c r="H151" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8">
+      <c r="A152" t="s">
+        <v>625</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
+        <v>626</v>
+      </c>
+      <c r="D152" t="s">
+        <v>18</v>
+      </c>
+      <c r="E152" t="s">
+        <v>19</v>
+      </c>
+      <c r="F152" t="s">
+        <v>41</v>
+      </c>
+      <c r="G152" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="H152" t="s">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8">
+      <c r="A153" t="s">
+        <v>629</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
+        <v>630</v>
+      </c>
+      <c r="D153" t="s">
+        <v>18</v>
+      </c>
+      <c r="E153" t="s">
+        <v>19</v>
+      </c>
+      <c r="F153" t="s">
+        <v>46</v>
+      </c>
+      <c r="G153" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="H153" t="s">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8">
+      <c r="A154" t="s">
+        <v>633</v>
+      </c>
+      <c r="B154" t="s">
+        <v>9</v>
+      </c>
+      <c r="C154" t="s">
+        <v>634</v>
+      </c>
+      <c r="D154" t="s">
+        <v>18</v>
+      </c>
+      <c r="E154" t="s">
+        <v>19</v>
+      </c>
+      <c r="F154" t="s">
+        <v>28</v>
+      </c>
+      <c r="G154" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="H154" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8">
+      <c r="A155" t="s">
+        <v>637</v>
+      </c>
+      <c r="B155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C155" t="s">
+        <v>638</v>
+      </c>
+      <c r="D155" t="s">
+        <v>18</v>
+      </c>
+      <c r="E155" t="s">
+        <v>19</v>
+      </c>
+      <c r="F155" t="s">
+        <v>55</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>639</v>
+      </c>
+      <c r="H155" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8">
+      <c r="A156" t="s">
+        <v>641</v>
+      </c>
+      <c r="B156" t="s">
+        <v>9</v>
+      </c>
+      <c r="C156" t="s">
+        <v>642</v>
+      </c>
+      <c r="D156" t="s">
+        <v>18</v>
+      </c>
+      <c r="E156" t="s">
+        <v>19</v>
+      </c>
+      <c r="F156" t="s">
+        <v>55</v>
+      </c>
+      <c r="G156" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="H156" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="157" spans="1:8">
+      <c r="A157" t="s">
+        <v>645</v>
+      </c>
+      <c r="B157" t="s">
+        <v>9</v>
+      </c>
+      <c r="C157" t="s">
+        <v>646</v>
+      </c>
+      <c r="D157" t="s">
+        <v>18</v>
+      </c>
+      <c r="E157" t="s">
+        <v>19</v>
+      </c>
+      <c r="F157" t="s">
+        <v>55</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="H157" t="s">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="158" spans="1:8">
+      <c r="A158" t="s">
+        <v>649</v>
+      </c>
+      <c r="B158" t="s">
+        <v>9</v>
+      </c>
+      <c r="C158" t="s">
+        <v>650</v>
+      </c>
+      <c r="D158" t="s">
+        <v>18</v>
+      </c>
+      <c r="E158" t="s">
+        <v>19</v>
+      </c>
+      <c r="F158" t="s">
+        <v>55</v>
+      </c>
+      <c r="G158" s="1" t="s">
+        <v>651</v>
+      </c>
+      <c r="H158" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="159" spans="1:8">
+      <c r="A159" t="s">
+        <v>653</v>
+      </c>
+      <c r="B159" t="s">
+        <v>9</v>
+      </c>
+      <c r="C159" t="s">
+        <v>654</v>
+      </c>
+      <c r="D159" t="s">
+        <v>18</v>
+      </c>
+      <c r="E159" t="s">
+        <v>19</v>
+      </c>
+      <c r="F159" t="s">
+        <v>89</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="H159" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="160" spans="1:8">
+      <c r="A160" t="s">
+        <v>657</v>
+      </c>
+      <c r="B160" t="s">
+        <v>9</v>
+      </c>
+      <c r="C160" t="s">
+        <v>658</v>
+      </c>
+      <c r="D160" t="s">
+        <v>18</v>
+      </c>
+      <c r="E160" t="s">
+        <v>19</v>
+      </c>
+      <c r="F160" t="s">
+        <v>89</v>
+      </c>
+      <c r="G160" s="1" t="s">
+        <v>659</v>
+      </c>
+      <c r="H160" t="s">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="161" spans="1:8">
+      <c r="A161" t="s">
+        <v>661</v>
+      </c>
+      <c r="B161" t="s">
+        <v>9</v>
+      </c>
+      <c r="C161" t="s">
+        <v>662</v>
+      </c>
+      <c r="D161" t="s">
+        <v>18</v>
+      </c>
+      <c r="E161" t="s">
+        <v>19</v>
+      </c>
+      <c r="F161" t="s">
+        <v>89</v>
+      </c>
+      <c r="G161" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="H161" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="162" spans="1:8">
+      <c r="A162" t="s">
+        <v>665</v>
+      </c>
+      <c r="B162" t="s">
+        <v>9</v>
+      </c>
+      <c r="C162" t="s">
+        <v>666</v>
+      </c>
+      <c r="D162" t="s">
+        <v>18</v>
+      </c>
+      <c r="E162" t="s">
+        <v>19</v>
+      </c>
+      <c r="F162" t="s">
+        <v>89</v>
+      </c>
+      <c r="G162" s="1" t="s">
+        <v>667</v>
+      </c>
+      <c r="H162" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="163" spans="1:8">
+      <c r="A163" t="s">
+        <v>669</v>
+      </c>
+      <c r="B163" t="s">
+        <v>9</v>
+      </c>
+      <c r="C163" t="s">
+        <v>670</v>
+      </c>
+      <c r="D163" t="s">
+        <v>18</v>
+      </c>
+      <c r="E163" t="s">
+        <v>19</v>
+      </c>
+      <c r="F163" t="s">
+        <v>89</v>
+      </c>
+      <c r="G163" s="1" t="s">
+        <v>671</v>
+      </c>
+      <c r="H163" t="s">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="164" spans="1:8">
+      <c r="A164" t="s">
+        <v>673</v>
+      </c>
+      <c r="B164" t="s">
+        <v>9</v>
+      </c>
+      <c r="C164" t="s">
+        <v>674</v>
+      </c>
+      <c r="D164" t="s">
+        <v>18</v>
+      </c>
+      <c r="E164" t="s">
+        <v>19</v>
+      </c>
+      <c r="F164" t="s">
+        <v>46</v>
+      </c>
+      <c r="G164" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="H164" t="s">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="165" spans="1:8">
+      <c r="A165" t="s">
+        <v>677</v>
+      </c>
+      <c r="B165" t="s">
+        <v>9</v>
+      </c>
+      <c r="C165" t="s">
+        <v>678</v>
+      </c>
+      <c r="D165" t="s">
+        <v>18</v>
+      </c>
+      <c r="E165" t="s">
+        <v>19</v>
+      </c>
+      <c r="F165" t="s">
+        <v>211</v>
+      </c>
+      <c r="G165" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="H165" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="166" spans="1:8">
+      <c r="A166" t="s">
+        <v>681</v>
+      </c>
+      <c r="B166" t="s">
+        <v>9</v>
+      </c>
+      <c r="C166" t="s">
+        <v>682</v>
+      </c>
+      <c r="D166" t="s">
+        <v>18</v>
+      </c>
+      <c r="E166" t="s">
+        <v>19</v>
+      </c>
+      <c r="F166" t="s">
+        <v>13</v>
+      </c>
+      <c r="G166" s="1" t="s">
+        <v>683</v>
+      </c>
+      <c r="H166" t="s">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="167" spans="1:8">
+      <c r="A167" t="s">
+        <v>685</v>
+      </c>
+      <c r="B167" t="s">
+        <v>9</v>
+      </c>
+      <c r="C167" t="s">
+        <v>686</v>
+      </c>
+      <c r="D167" t="s">
+        <v>18</v>
+      </c>
+      <c r="E167" t="s">
+        <v>19</v>
+      </c>
+      <c r="F167" t="s">
+        <v>89</v>
+      </c>
+      <c r="G167" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="H167" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="168" spans="1:8">
+      <c r="A168" t="s">
+        <v>689</v>
+      </c>
+      <c r="B168" t="s">
+        <v>9</v>
+      </c>
+      <c r="C168" t="s">
+        <v>690</v>
+      </c>
+      <c r="D168" t="s">
+        <v>18</v>
+      </c>
+      <c r="E168" t="s">
+        <v>19</v>
+      </c>
+      <c r="F168" t="s">
+        <v>89</v>
+      </c>
+      <c r="G168" s="1" t="s">
+        <v>691</v>
+      </c>
+      <c r="H168" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="169" spans="1:8">
+      <c r="A169" t="s">
+        <v>693</v>
+      </c>
+      <c r="B169" t="s">
+        <v>9</v>
+      </c>
+      <c r="C169" t="s">
+        <v>694</v>
+      </c>
+      <c r="D169" t="s">
+        <v>18</v>
+      </c>
+      <c r="E169" t="s">
+        <v>19</v>
+      </c>
+      <c r="F169" t="s">
+        <v>89</v>
+      </c>
+      <c r="G169" s="1" t="s">
+        <v>695</v>
+      </c>
+      <c r="H169" t="s">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="170" spans="1:8">
+      <c r="A170" t="s">
+        <v>697</v>
+      </c>
+      <c r="B170" t="s">
+        <v>9</v>
+      </c>
+      <c r="C170" t="s">
+        <v>698</v>
+      </c>
+      <c r="D170" t="s">
+        <v>18</v>
+      </c>
+      <c r="E170" t="s">
+        <v>19</v>
+      </c>
+      <c r="G170" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H170" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="171" spans="1:8">
+      <c r="A171" t="s">
+        <v>700</v>
+      </c>
+      <c r="B171" t="s">
+        <v>9</v>
+      </c>
+      <c r="C171" t="s">
+        <v>701</v>
+      </c>
+      <c r="D171" t="s">
+        <v>18</v>
+      </c>
+      <c r="E171" t="s">
+        <v>19</v>
+      </c>
+      <c r="F171" t="s">
+        <v>157</v>
+      </c>
+      <c r="G171" s="1" t="s">
+        <v>702</v>
+      </c>
+      <c r="H171" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="172" spans="1:8">
+      <c r="A172" t="s">
+        <v>704</v>
+      </c>
+      <c r="B172" t="s">
+        <v>9</v>
+      </c>
+      <c r="C172" t="s">
+        <v>705</v>
+      </c>
+      <c r="D172" t="s">
+        <v>18</v>
+      </c>
+      <c r="E172" t="s">
+        <v>19</v>
+      </c>
+      <c r="F172" t="s">
+        <v>157</v>
+      </c>
+      <c r="G172" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="H172" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="173" spans="1:8">
+      <c r="A173" t="s">
+        <v>708</v>
+      </c>
+      <c r="B173" t="s">
+        <v>9</v>
+      </c>
+      <c r="C173" t="s">
+        <v>709</v>
+      </c>
+      <c r="D173" t="s">
+        <v>18</v>
+      </c>
+      <c r="E173" t="s">
+        <v>19</v>
+      </c>
+      <c r="F173" t="s">
+        <v>46</v>
+      </c>
+      <c r="G173" s="1" t="s">
+        <v>710</v>
+      </c>
+      <c r="H173" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="174" spans="1:8">
+      <c r="A174" t="s">
+        <v>712</v>
+      </c>
+      <c r="B174" t="s">
+        <v>9</v>
+      </c>
+      <c r="C174" t="s">
+        <v>10</v>
+      </c>
+      <c r="D174" t="s">
+        <v>713</v>
+      </c>
+      <c r="E174" t="s">
+        <v>714</v>
+      </c>
+      <c r="G174" s="1" t="s">
+        <v>715</v>
+      </c>
+      <c r="H174" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="175" spans="1:8">
+      <c r="A175" t="s">
+        <v>717</v>
+      </c>
+      <c r="B175" t="s">
+        <v>9</v>
+      </c>
+      <c r="C175" t="s">
+        <v>17</v>
+      </c>
+      <c r="D175" t="s">
+        <v>713</v>
+      </c>
+      <c r="E175" t="s">
+        <v>714</v>
+      </c>
+      <c r="F175" t="s">
+        <v>101</v>
+      </c>
+      <c r="G175" s="1" t="s">
+        <v>718</v>
+      </c>
+      <c r="H175" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="176" spans="1:8">
+      <c r="A176" t="s">
+        <v>720</v>
+      </c>
+      <c r="B176" t="s">
+        <v>9</v>
+      </c>
+      <c r="C176" t="s">
+        <v>23</v>
+      </c>
+      <c r="D176" t="s">
+        <v>713</v>
+      </c>
+      <c r="E176" t="s">
+        <v>714</v>
+      </c>
+      <c r="F176" t="s">
+        <v>101</v>
+      </c>
+      <c r="G176" s="1" t="s">
+        <v>721</v>
+      </c>
+      <c r="H176" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="177" spans="1:8">
+      <c r="A177" t="s">
+        <v>723</v>
+      </c>
+      <c r="B177" t="s">
+        <v>9</v>
+      </c>
+      <c r="C177" t="s">
         <v>27</v>
       </c>
-      <c r="D148" t="s">
-[...9 lines deleted...]
-        <v>609</v>
+      <c r="D177" t="s">
+        <v>713</v>
+      </c>
+      <c r="E177" t="s">
+        <v>714</v>
+      </c>
+      <c r="G177" s="1" t="s">
+        <v>724</v>
+      </c>
+      <c r="H177" t="s">
+        <v>725</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -6253,50 +7391,79 @@
     <hyperlink ref="G124" r:id="rId123"/>
     <hyperlink ref="G125" r:id="rId124"/>
     <hyperlink ref="G126" r:id="rId125"/>
     <hyperlink ref="G127" r:id="rId126"/>
     <hyperlink ref="G128" r:id="rId127"/>
     <hyperlink ref="G129" r:id="rId128"/>
     <hyperlink ref="G130" r:id="rId129"/>
     <hyperlink ref="G131" r:id="rId130"/>
     <hyperlink ref="G132" r:id="rId131"/>
     <hyperlink ref="G133" r:id="rId132"/>
     <hyperlink ref="G134" r:id="rId133"/>
     <hyperlink ref="G135" r:id="rId134"/>
     <hyperlink ref="G136" r:id="rId135"/>
     <hyperlink ref="G137" r:id="rId136"/>
     <hyperlink ref="G138" r:id="rId137"/>
     <hyperlink ref="G139" r:id="rId138"/>
     <hyperlink ref="G140" r:id="rId139"/>
     <hyperlink ref="G141" r:id="rId140"/>
     <hyperlink ref="G142" r:id="rId141"/>
     <hyperlink ref="G143" r:id="rId142"/>
     <hyperlink ref="G144" r:id="rId143"/>
     <hyperlink ref="G145" r:id="rId144"/>
     <hyperlink ref="G146" r:id="rId145"/>
     <hyperlink ref="G147" r:id="rId146"/>
     <hyperlink ref="G148" r:id="rId147"/>
+    <hyperlink ref="G149" r:id="rId148"/>
+    <hyperlink ref="G150" r:id="rId149"/>
+    <hyperlink ref="G151" r:id="rId150"/>
+    <hyperlink ref="G152" r:id="rId151"/>
+    <hyperlink ref="G153" r:id="rId152"/>
+    <hyperlink ref="G154" r:id="rId153"/>
+    <hyperlink ref="G155" r:id="rId154"/>
+    <hyperlink ref="G156" r:id="rId155"/>
+    <hyperlink ref="G157" r:id="rId156"/>
+    <hyperlink ref="G158" r:id="rId157"/>
+    <hyperlink ref="G159" r:id="rId158"/>
+    <hyperlink ref="G160" r:id="rId159"/>
+    <hyperlink ref="G161" r:id="rId160"/>
+    <hyperlink ref="G162" r:id="rId161"/>
+    <hyperlink ref="G163" r:id="rId162"/>
+    <hyperlink ref="G164" r:id="rId163"/>
+    <hyperlink ref="G165" r:id="rId164"/>
+    <hyperlink ref="G166" r:id="rId165"/>
+    <hyperlink ref="G167" r:id="rId166"/>
+    <hyperlink ref="G168" r:id="rId167"/>
+    <hyperlink ref="G169" r:id="rId168"/>
+    <hyperlink ref="G170" r:id="rId169"/>
+    <hyperlink ref="G171" r:id="rId170"/>
+    <hyperlink ref="G172" r:id="rId171"/>
+    <hyperlink ref="G173" r:id="rId172"/>
+    <hyperlink ref="G174" r:id="rId173"/>
+    <hyperlink ref="G175" r:id="rId174"/>
+    <hyperlink ref="G176" r:id="rId175"/>
+    <hyperlink ref="G177" r:id="rId176"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>